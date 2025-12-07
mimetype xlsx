--- v0 (2025-10-26)
+++ v1 (2025-12-07)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2905">
   <si>
     <t>www.pensjometr.pl</t>
   </si>
   <si>
-    <t>10/2025</t>
+    <t>12/2025</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_pl</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_pl</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_pl</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administracja</t>
   </si>