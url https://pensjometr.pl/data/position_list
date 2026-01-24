--- v1 (2025-12-07)
+++ v2 (2026-01-24)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2905">
   <si>
     <t>www.pensjometr.pl</t>
   </si>
   <si>
-    <t>12/2025</t>
+    <t>01/2026</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_pl</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_pl</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_pl</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administracja</t>
   </si>