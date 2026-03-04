--- v2 (2026-01-24)
+++ v3 (2026-03-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2905">
   <si>
     <t>www.pensjometr.pl</t>
   </si>
   <si>
-    <t>01/2026</t>
+    <t>03/2026</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_pl</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_pl</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_pl</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administracja</t>
   </si>