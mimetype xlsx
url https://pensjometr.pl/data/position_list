--- v3 (2026-03-04)
+++ v4 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2905">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2919">
   <si>
     <t>www.pensjometr.pl</t>
   </si>
   <si>
     <t>03/2026</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_pl</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_pl</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_pl</t>
   </si>
   <si>
@@ -1108,50 +1108,76 @@
   <si>
     <t>* Nakładanie makijażu aktorom filmowym i teatralnym, statystom oraz innym wykonawcom w filmach i sztukach teatralnych.
 * Stylizacja włosów męskich i damskich zgodnie ze scenariuszem.
 * Tworzenie efektów specjalnych (starzenie, siniaki, rany itp.) przy użyciu makijażu.
 * Wykonywanie peruk i podobnych produktów.
 * Wykonywanie odlewów gipsowych twarzy i/lub głów.
 * Wykonywanie masek lateksowych i silikonowych z odlewów twarzy i/lub głów.</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t xml:space="preserve">* Posing in front of the lenses of photographers, following their instructions. 
 * Viewing of clothes, products etc.
 * Performing in TV adverts.
 * Cooperation with visagists, hair dressers and clothes stylists.
 * Transferring to castings and places of photographing.
 </t>
   </si>
   <si>
     <t>* Pozowanie przed obiektywami fotografów, zgodnie z ich instrukcjami.
 * Prezentowanie ubrań, produktów itp.
 * Występowanie w reklamach telewizyjnych.
 * Współpraca z wizażystami, fryzjerami i stylistami odzieżowymi.
 * Dojazdy na castingi i miejsca sesji zdjęciowych.</t>
+  </si>
+  <si>
+    <t>Museum Specialist</t>
+  </si>
+  <si>
+    <t>Specjalista w muzeum</t>
+  </si>
+  <si>
+    <t>Management, registration, and protection of collection items.
+Professional processing and cataloguing of artefacts.
+Creation and implementation of exhibition projects.
+Scientific research activities in the relevant field.
+Preparation of educational and outreach materials and lectures.
+Methodological guidance in acquiring new collections.
+Collaboration with professional institutions.
+Supervision of storage conditions and conservation processes.</t>
+  </si>
+  <si>
+    <t>Zarządzanie, ewidencjonowanie i ochrona obiektów muzealnych.
+Profesjonalne opracowanie i katalogowanie eksponatów.
+Tworzenie i realizacja projektów wystaw.
+Działalność naukowo‑badawcza w danej dziedzinie.
+Przygotowywanie materiałów popularyzatorskich i wykładów.
+Metodyczne wsparcie przy pozyskiwaniu nowych zbiorów.
+Współpraca z instytucjami branżowymi.
+Nadzór nad warunkami przechowywania i konserwacji.</t>
   </si>
   <si>
     <t>Photographer</t>
   </si>
   <si>
     <t>Fotograf</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc.
 * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc.
 * Instructing people during photo shoots.
 * Editing photographs using computer technology.
 * Developing cine films, printing photographs.</t>
   </si>
   <si>
     <t>* Fotografowanie ludzi, zwierząt, przedmiotów, krajobrazów itp.
 * Korzystanie z aparatów analogowych i cyfrowych, obiektywów, sprzętu oświetleniowego, filtrów, konwerterów obiektywów itp.
 * Instruowanie osób podczas sesji zdjęciowych.
 * Edycja fotografii przy użyciu technologii komputerowej.
 * Wywoływanie filmów kinowych, drukowanie fotografii.</t>
   </si>
   <si>
     <t>Restorer/Conservator</t>
   </si>
   <si>
@@ -1278,183 +1304,92 @@
   </si>
   <si>
     <t>Dekorator</t>
   </si>
   <si>
     <t>* Window-dressing of shops, travel agencies, financial institutions, etc.
 * Moving and arranging objects, creating aesthetic decorations.
 * Placing price tags and labels on the goods.
 * Adjusting the decoration of displays to the current season and to ongoing events.
 * Dressing, undressing and changing mannequins’ clothes.</t>
   </si>
   <si>
     <t>* Aranżacja witryn sklepowych, biur podróży, instytucji finansowych itp.
 * Przemieszczanie i układanie przedmiotów, tworzenie estetycznych dekoracji.
 * Umieszczanie cenówek i etykiet na towarach.
 * Dostosowywanie dekoracji wystaw do aktualnej pory roku oraz trwających wydarzeń.
 * Ubieranie, rozbieranie oraz zmiana ubrań manekinów.</t>
   </si>
   <si>
     <t>Banking</t>
   </si>
   <si>
     <t>Bankowość</t>
   </si>
   <si>
-    <t>Account Manager</t>
-[...25 lines deleted...]
-  <si>
     <t>Back Office Specialist</t>
   </si>
   <si>
     <t>Specjalista ds. administracji</t>
   </si>
   <si>
     <t>* Processing of all types of client requests.
 * Entering and updating the information in the bank information system.
 * Drawing up and processing of contracts and contract amendments for individual banking products.
 * Archiving documents in compliance with the internal regulations.
 * Mastering internal regulations, general business terms and conditions, and business conditions for individual banking products.
 * Communicating with internal and external clients.</t>
   </si>
   <si>
     <t>* Przetwarzanie wszystkich rodzajów wniosków klientów.
 * Wprowadzanie i aktualizowanie informacji w systemie informatycznym banku.
 * Sporządzanie i przetwarzanie umów oraz aneksów do umów dla indywidualnych produktów bankowych.
 * Archiwizowanie dokumentów zgodnie z wewnętrznymi przepisami.
 * Opanowanie wewnętrznych regulaminów, ogólnych warunków biznesowych oraz warunków biznesowych dla indywidualnych produktów bankowych.
 * Komunikowanie się z klientami wewnętrznymi i zewnętrznymi.</t>
   </si>
   <si>
-    <t>Branch Director</t>
-[...28 lines deleted...]
-  <si>
     <t>Card Services Clerk</t>
   </si>
   <si>
     <t>Pracownik usług bankowych</t>
   </si>
   <si>
     <t>* Processing applications for the issuance of credit and debit cards.
 * Communicating with companies issuing credit cards and bank branches.
 * Participating in the creation and updating of internal regulations.
 * Cooperating with project managers on new projects.
 * Solving complaints.
 * Assessing the suitability of motives on credit cards in your own design.</t>
   </si>
   <si>
     <t>* Przetwarzanie wniosków o wydanie kart kredytowych i debetowych.
 * Komunikacja z firmami wydającymi karty kredytowe oraz oddziałami banków.
 * Udział w tworzeniu i aktualizacji wewnętrznych regulaminów.
 * Współpraca z kierownikami projektów przy nowych przedsięwzięciach.
 * Rozwiązywanie reklamacji.
 * Ocena zgodności motywów na kartach kredytowych z własnym projektem.</t>
-  </si>
-[...32 lines deleted...]
-* Promowanie produktów i usług bankowych wśród klientów w celu poprawy ich doświadczeń bankowych.</t>
   </si>
   <si>
     <t>Claims Administrator</t>
   </si>
   <si>
     <t>Administrator ds. roszczeń</t>
   </si>
   <si>
     <t>* Recovering overdue receivables from the customers of a leasing company.
 * Registering and controlling overdue receivables.
 * Processing and sending written and e-mail reminders.
 * Communicating with debtors and other departments within the company.
 * Planning repayment schedules in the event of the insolvency of debtors.
 * Registering and checking payments in the system.
 * Preparing materials for the legal department.</t>
   </si>
   <si>
     <t>* Windykacja zaległych należności od klientów firmy leasingowej.
 * Rejestrowanie i kontrola zaległych należności.
 * Przetwarzanie i wysyłanie pisemnych oraz mailowych przypomnień.
 * Komunikacja z dłużnikami oraz innymi działami w firmie.
 * Planowanie harmonogramów spłat w przypadku niewypłacalności dłużników.
 * Rejestrowanie i weryfikacja wpłat w systemie.
 * Przygotowywanie materiałów dla działu prawnego.</t>
   </si>
@@ -1514,76 +1449,50 @@
   <si>
     <t>* Zabezpieczanie administracji i przechowywania papierów wartościowych dla klientów.
 * Informowanie klientów o akcjach korporacyjnych dotyczących administrowanych papierów wartościowych.
 * Wykonywanie operacji na papierach wartościowych na podstawie zleceń klientów.
 * Obliczanie i kontrola bieżącej wartości papierów wartościowych w administracji banku.
 * Wypłacanie dochodów z papierów wartościowych.
 * Reprezentowanie klientów i ich interesów na zgromadzeniach ogólnych.</t>
   </si>
   <si>
     <t>Dealer/Trader</t>
   </si>
   <si>
     <t xml:space="preserve">* Purchase, keeping and sale of securities, commodities and foreign currencies in the currency of the clients and/or on the account of the bank.
 * Monitoring and verifying prices of the financial tools at the security exchange.
 * Following and analyzing the development on financial markets.
 * Exchanging information with colleagues and clients.
 * Preparing financial reports.
 </t>
   </si>
   <si>
     <t>* Zakup, przechowywanie i sprzedaż papierów wartościowych, towarów i walut obcych w walucie klientów i/lub na rachunku banku.
 * Monitorowanie i weryfikacja cen instrumentów finansowych na giełdzie papierów wartościowych.
 * Śledzenie i analiza rozwoju sytuacji na rynkach finansowych.
 * Wymiana informacji z kolegami i klientami.
 * Przygotowywanie raportów finansowych.</t>
-  </si>
-[...24 lines deleted...]
-* Przygotowywanie cotygodniowych i comiesięcznych raportów.</t>
   </si>
   <si>
     <t>Financial Advisor</t>
   </si>
   <si>
     <t>Doradca finansowy</t>
   </si>
   <si>
     <t>* Providing personalized financial advice to clients based on their individual financial situations and goals.
 * Analyzing clients' financial information to develop tailored investment strategies and plans.
 * Educating clients on various financial products and services, including investments, insurance, and retirement planning.
 * Monitoring clients' portfolios and making recommendations for adjustments as needed to optimize performance.
 * Building and maintaining strong relationships with clients to ensure high levels of satisfaction and trust.
 * Staying up-to-date with market trends, economic developments, and changes in financial regulations to provide informed advice.
 * Preparing and presenting financial plans and reports to clients in a clear and understandable manner.
 * Collaborating with other financial professionals, such as accountants and tax advisors, to provide comprehensive services.
 * Conducting regular reviews with clients to assess their financial goals and progress.
 * Actively seeking new clients through networking, referrals, and marketing efforts to grow the business.</t>
   </si>
   <si>
     <t>* Świadczenie spersonalizowanych porad finansowych klientom, uwzględniając ich indywidualną sytuację finansową i cele.
 * Analizowanie informacji finansowych klientów w celu opracowania dostosowanych strategii i planów inwestycyjnych.
 * Edukowanie klientów na temat różnych produktów i usług finansowych, w tym inwestycji, ubezpieczeń i planowania emerytalnego.
 * Monitorowanie portfeli klientów i przedstawianie rekomendacji dotyczących dostosowań w celu optymalizacji wyników.
 * Budowanie i utrzymywanie silnych relacji z klientami, aby zapewnić wysoki poziom satysfakcji i zaufania.
@@ -1758,80 +1667,50 @@
 * Obsługa specjalnych wymagań klientów (np. rezerwacja biletów na wydarzenie, zapewnienie transportu prywatnym samolotem itp.).</t>
   </si>
   <si>
     <t>Product Manager - Specialist</t>
   </si>
   <si>
     <t>Product Manager - Specjalista</t>
   </si>
   <si>
     <t>* Developing the new and innovating the existing bank products and services.
 * Monitoring and analyzing the competitive environment.
 * Following the fulfilling of goals in the area of product profitability.
 * Taking part in creating and setting the processes connected with products.
 * Directing and training new employees.
 * Analyzing and solving arisen operating problems.
 * Cooperating with other departments of the bank.</t>
   </si>
   <si>
     <t>* Rozwijanie nowych i innowowanie istniejących produktów oraz usług bankowych.
 * Monitorowanie i analizowanie środowiska konkurencyjnego.
 * Nadzorowanie realizacji celów w zakresie rentowności produktów.
 * Udział w tworzeniu i ustalaniu procesów związanych z produktami.
 * Kierowanie i szkolenie nowych pracowników.
 * Analizowanie i rozwiązywanie pojawiających się problemów operacyjnych.
 * Współpraca z innymi działami banku.</t>
-  </si>
-[...28 lines deleted...]
-* Śledzenie aktualnych trendów branżowych i zmian regulacyjnych dotyczących produktów bankowych w celu zapewnienia zgodności i konkurencyjności.</t>
   </si>
   <si>
     <t>Relationship Manager</t>
   </si>
   <si>
     <t>Doradca klienta</t>
   </si>
   <si>
     <t xml:space="preserve">* Presenting and selling banking products and services to company clients.
 * Monitoring the market and competitors' activities within the assigned region.
 * Finding new clients.
 * Creating and developing business relationships with company clients.
 * Performing one's prescribed personal business plan.
 * Participating in performing financial and campaign plans.
 * Keeping records and the database of clients. </t>
   </si>
   <si>
     <t>* Prezentowanie i sprzedaż produktów oraz usług bankowych klientom firmy.
 * Monitorowanie rynku i działań konkurencji na przypisanym obszarze.
 * Poszukiwanie nowych klientów.
 * Tworzenie i rozwijanie relacji biznesowych z klientami firmy.
 * Realizacja indywidualnego planu sprzedażowego.
 * Udział w realizacji planów finansowych i kampanii.
 * Prowadzenie dokumentacji i bazy danych klientów.</t>
   </si>
@@ -2074,80 +1953,50 @@
 * Conducting diagnostics and troubleshooting of electrical issues in vehicles.
 * Collaborating with engineers to implement electrical solutions and improvements.
 * Utilizing specialized software and tools for circuit design and analysis.
 * Performing routine maintenance and inspection of electrical systems in vehicles.
 * Ensuring compliance with safety standards and regulations in all electrical work.
 * Documenting technical specifications, test results, and maintenance records.
 * Supporting the assembly and installation of electrical components in vehicles.
 * Participating in research and development projects to innovate new electrical technologies for automotive applications.
 * Providing technical support and training to other team members and departments as needed.
 * Staying updated with advancements in automotive electrical engineering and technologies.</t>
   </si>
   <si>
     <t>* Wsparcie w projektowaniu, rozwoju i testowaniu systemów oraz komponentów elektrycznych do zastosowań w motoryzacji.
 * Przeprowadzanie diagnostyki i rozwiązywanie problemów związanych z systemami elektrycznymi w pojazdach.
 * Współpraca z inżynierami przy wdrażaniu rozwiązań i ulepszeń elektrycznych.
 * Wykorzystanie specjalistycznego oprogramowania i narzędzi do projektowania i analizy obwodów.
 * Wykonywanie rutynowej konserwacji i inspekcji systemów elektrycznych w pojazdach.
 * Zapewnienie zgodności z normami i przepisami bezpieczeństwa we wszystkich pracach elektrycznych.
 * Dokumentowanie specyfikacji technicznych, wyników testów i zapisów dotyczących konserwacji.
 * Wsparcie przy montażu i instalacji komponentów elektrycznych w pojazdach.
 * Udział w projektach badawczo-rozwojowych mających na celu innowacje w dziedzinie technologii elektrycznych dla motoryzacji.
 * Świadczenie wsparcia technicznego i szkoleń dla innych członków zespołu i działów w razie potrzeby.
 * Śledzenie postępów w dziedzinie inżynierii elektrycznej i technologii motoryzacyjnych.</t>
   </si>
   <si>
-    <t>Machine Operator</t>
-[...28 lines deleted...]
-  <si>
     <t>Maintenance Engineer</t>
   </si>
   <si>
     <t>Inżynier utrzymania</t>
   </si>
   <si>
     <t>* Providing preventive and operational maintenance of machinery and equipment.
 * Managing, coordinating, motivating and evaluating subordinate employees.
 * Developing and updating maintenance plans.
 * Identifying worn parts.
 * Ordering spare parts.
 * Analysing the causes of downtime and taking measures to eliminate them.
 * Monitoring and controlling maintenance costs.
 * Communicating with shift masters, process engineers and suppliers of machinery and equipment.</t>
   </si>
   <si>
     <t>* Wykonywanie prac konserwacyjnych i operacyjnych maszyn oraz urządzeń.
 * Zarządzanie, koordynowanie, motywowanie i ocena podległych pracowników.
 * Opracowywanie i aktualizowanie planów konserwacji.
 * Identyfikowanie zużytych części.
 * Zamawianie części zamiennych.
 * Analizowanie przyczyn przestojów i podejmowanie działań w celu ich eliminacji.
 * Monitorowanie i kontrolowanie kosztów konserwacji.
 * Komunikowanie się z mistrzami zmian, inżynierami procesowymi oraz dostawcami maszyn i urządzeń.</t>
   </si>
@@ -2390,92 +2239,67 @@
 * Odpowiedzialność za prawidłowe użytkowanie i kalibrację mechanicznych i elektrycznych przyrządów pomiarowych.
 * Udział w rozwiązywaniu niestandardowych sytuacji występujących podczas produkcji bulków.
 * Archiwizowanie próbek wymaganych przez przepisy prawne.</t>
   </si>
   <si>
     <t>Chemist</t>
   </si>
   <si>
     <t>Chemik</t>
   </si>
   <si>
     <t>* Examining, measuring and recording chemical composition, density, acidity, particle size and form of a wide range of substances, compounds and materials.
 * Conducting experiments and tests by mixing two or more chemicals together.
 * Recording the findings.
 * Producing new products and improving sensory characteristics of existing products.
 * Controlling and coordinating activities of directly subordinate laboratory workers.</t>
   </si>
   <si>
     <t>* Badanie, pomiar i rejestrowanie składu chemicznego, gęstości, kwasowości, wielkości cząstek oraz formy szerokiego zakresu substancji, związków i materiałów.
 * Przeprowadzanie eksperymentów i testów poprzez mieszanie dwóch lub więcej chemikaliów.
 * Dokumentowanie wyników.
 * Wytwarzanie nowych produktów oraz poprawa cech sensorycznych istniejących produktów.
 * Kontrolowanie i koordynowanie działań bezpośrednio podległych pracowników laboratoryjnych.</t>
   </si>
   <si>
-    <t>* Operating and monitoring machinery and equipment in the chemical production process.
-[...26 lines deleted...]
-  <si>
     <t>* Wymyślanie nowych i ulepszanie istniejących procesów technologicznych.
 * Nadzorowanie przestrzegania receptur i procesów technologicznych.
 * Zarządzanie procesem przedprodukcyjnym w celu wyeliminowania ewentualnych niedociągnięć.
 * Ocena jakości nowych produktów.
 * Proponowanie środków mających na celu optymalizację procesów produkcyjnych.
 * Analizowanie odchyleń we współpracy z kierownikami zmian.
 * Sporządzanie i aktualizacja dokumentacji technologicznej i/lub rysunków.
 * Współpraca przy przygotowaniu kalkulacji cen.</t>
   </si>
   <si>
     <t>Commerce</t>
   </si>
   <si>
     <t>Handel</t>
+  </si>
+  <si>
+    <t>Account Manager</t>
   </si>
   <si>
     <t>* Responsibility for the sale and presentation of products or services of the company.
 * Market research and monitoring of competitive activities.
 * Reaching out to potential clients with business offers and creating new business contacts.
 * Providing guidance in selecting the appropriate solution according to defined, individual client requirements and needs.
 * Maintaining regular telephone and e-mail communication with clients.
 * Organising and conducting business meetings.
 * Submitting price offers and negotiating the final form of contract terms and conditions.
 * Responsibility for meeting defined business plans and targets.</t>
   </si>
   <si>
     <t>* Odpowiedzialność za sprzedaż i prezentację produktów lub usług firmy.
 * Badanie rynku i monitorowanie działań konkurencji.
 * Nawiązywanie kontaktu z potencjalnymi klientami z ofertami biznesowymi oraz tworzenie nowych kontaktów biznesowych.
 * Doradztwo w wyborze odpowiedniego rozwiązania zgodnie z określonymi, indywidualnymi wymaganiami i potrzebami klienta.
 * Utrzymywanie regularnej komunikacji telefonicznej i mailowej z klientami.
 * Organizowanie i prowadzenie spotkań biznesowych.
 * Składanie ofert cenowych oraz negocjowanie ostatecznej formy warunków umowy.
 * Odpowiedzialność za realizację określonych planów i celów biznesowych.</t>
   </si>
   <si>
     <t>Betting Clerk</t>
   </si>
   <si>
@@ -2496,74 +2320,50 @@
   <si>
     <t>* Prowadzenie transakcji zakładów oraz zarządzanie procedurami obrotu gotówkowego.
 * Pomoc klientom w składaniu zakładów oraz udzielanie informacji na temat dostępnych opcji zakładów.
 * Skuteczna komunikacja z klientami w celu poprawy jakości obsługi oraz odpowiadanie na zapytania.
 * Utrzymywanie czystości i porządku w strefie zakładów oraz dbanie o sprzęt.
 * Monitorowanie i zgłaszanie wszelkich nieprawidłowości lub rozbieżności w operacjach zakładów.
 * Zapewnianie zgodności z obowiązującymi przepisami oraz polityką firmy.
 * Przetwarzanie płatności oraz dokładne zarządzanie kasami fiskalnymi.
 * Wsparcie podczas wydarzeń promocyjnych oraz specjalnych okazji związanych z zakładami.
 * Współpraca z członkami zespołu w celu osiągnięcia celów operacyjnych oraz poprawy jakości usług.
 * Śledzenie aktualnych wydarzeń sportowych oraz trendów w zakładach w celu informowania klientów.</t>
   </si>
   <si>
     <t>Bookmaker</t>
   </si>
   <si>
     <t>Bukmacher</t>
   </si>
   <si>
     <t>* Creating, announcing and suspending betting opportunities.
 * Editing the announced rates when necessary.</t>
   </si>
   <si>
     <t>* Tworzenie, ogłaszanie i zawieszanie możliwości obstawiania.
 * Edytowanie ogłoszonych kursów w razie potrzeby.</t>
-  </si>
-[...22 lines deleted...]
-* Przygotowuj i przedstawiaj regularne raporty dotyczące wyników, postępów i wyzwań oddziału dla kierownictwa wyższego szczebla.</t>
   </si>
   <si>
     <t>Business Analyst</t>
   </si>
   <si>
     <t>Analityk biznesowy</t>
   </si>
   <si>
     <t>* Gathering information about the market and analysing the needs of customers.
 * Reporting analysis results to your superior.
 * Defining the fields of prospective production and business activities on the basis of market research.
 * Evaluating the results of analyses, designing market segments, short-term and long-term plans.
 * Providing recommendations for the future strategy.</t>
   </si>
   <si>
     <t>* Zbieranie informacji o rynku i analizowanie potrzeb klientów.
 * Raportowanie wyników analiz przełożonemu.
 * Definiowanie obszarów potencjalnej produkcji i działalności biznesowej na podstawie badań rynkowych.
 * Ocena wyników analiz, projektowanie segmentów rynkowych, planów krótko- i długoterminowych.
 * Dostarczanie rekomendacji dotyczących przyszłej strategii.</t>
   </si>
   <si>
     <t>Buying Agent</t>
   </si>
   <si>
@@ -2598,50 +2398,56 @@
 * Demonstrating vehicle features and benefits to potential buyers.
 * Providing information on financing options, warranties, and after-sales services.
 * Building and maintaining relationships with customers to encourage repeat business.
 * Negotiating sales agreements and closing deals effectively.
 * Keeping up-to-date with industry trends, product knowledge, and market conditions.
 * Collaborating with the sales team to meet and exceed sales targets.
 * Conducting follow-up calls and emails to ensure customer satisfaction post-sale.
 * Maintaining accurate records of sales activities and customer interactions.
 * Participating in promotional events and marketing campaigns to attract new customers.
 * Ensuring compliance with company policies and legal regulations in all sales transactions.
 * Handling customer inquiries and resolving issues in a timely and professional manner.</t>
   </si>
   <si>
     <t>* Nawiązywanie kontaktu z klientami w celu zrozumienia ich potrzeb i preferencji dotyczących motoryzacji.
 * Prezentowanie funkcji i zalet pojazdów potencjalnym nabywcom.
 * Dostarczanie informacji na temat opcji finansowania, gwarancji oraz usług posprzedażowych.
 * Budowanie i utrzymywanie relacji z klientami w celu zachęcenia do powtarzanych zakupów.
 * Negocjowanie umów sprzedaży i skuteczne finalizowanie transakcji.
 * Śledzenie aktualnych trendów branżowych, wiedzy o produktach oraz warunków rynkowych.
 * Współpraca z zespołem sprzedażowym w celu osiągania i przekraczania celów sprzedażowych.
 * Przeprowadzanie rozmów telefonicznych i wysyłanie e-maili w celu zapewnienia satysfakcji klienta po sprzedaży.
 * Prowadzenie dokładnych zapisów dotyczących działań sprzedażowych i interakcji z klientami.
 * Udział w wydarzeniach promocyjnych i kampaniach marketingowych mających na celu przyciągnięcie nowych klientów.
 * Zapewnianie zgodności z polityką firmy i przepisami prawnymi we wszystkich transakcjach sprzedażowych.
 * Rozwiązywanie zapytań i problemów klientów w sposób terminowy i profesjonalny.</t>
+  </si>
+  <si>
+    <t>Cashier</t>
+  </si>
+  <si>
+    <t>Kasjer</t>
   </si>
   <si>
     <t>* Recording of shopping items in the cash register.
 * Cancellation of incorrectly charged items.
 * Checking the price and nature of charged items.
 * Accepting cash in domestic and foreign currency, meal tickets, shopping vouchers and payment cards; issuing cash for the purchase made.
 * Selling complementary goods in the vicinity of the cash desk.
 * Performing sensory control of received banknotes and vouchers, complying with internal guidelines and safety procedures.
 * Responsibility for the cash in the cash register, recounting and delivering of the daily receipts.
 * Maintaining a clean and tidy workplace.</t>
   </si>
   <si>
     <t>* Rejestrowanie zakupionych produktów w kasie.
 * Anulowanie błędnie naliczonych pozycji.
 * Sprawdzanie ceny i rodzaju naliczonych produktów.
 * Przyjmowanie gotówki w walucie krajowej i zagranicznej, bonów żywnościowych, bonów zakupowych oraz kart płatniczych; wydawanie reszty za dokonane zakupy.
 * Sprzedaż produktów uzupełniających w pobliżu kasy.
 * Przeprowadzanie kontroli sensorycznej otrzymanych banknotów i bonów, zgodnie z wewnętrznymi wytycznymi i procedurami bezpieczeństwa.
 * Odpowiedzialność za gotówkę w kasie, przeliczanie i dostarczanie dziennych wpływów.
 * Utrzymywanie czystego i uporządkowanego stanowiska pracy.</t>
   </si>
   <si>
     <t>Complaints Department Clerk</t>
   </si>
   <si>
@@ -2853,50 +2659,56 @@
 * Implementing promotional strategies and marketing campaigns to drive online sales.
 * Analyzing sales data and website traffic to identify trends and improve performance.
 * Collaborating with the marketing team to enhance the online presence of the shop.
 * Maintaining accurate records of sales, returns, and customer interactions.
 * Ensuring compliance with e-commerce regulations and standards for online sales.
 * Utilizing e-commerce platforms and software to streamline operations and improve efficiency.
 * Providing regular reports on performance metrics and suggesting improvements.
 * Assisting with the development and maintenance of the online shop’s user interface for optimal customer engagement.</t>
   </si>
   <si>
     <t>* Nadzorowanie codziennych operacji sklepu internetowego, zapewniając płynne doświadczenie klienta.
 * Zarządzanie ofertą produktów, w tym dodawanie nowych produktów, aktualizowanie opisów i optymalizacja zdjęć.
 * Monitorowanie poziomów zapasów i koordynowanie z dostawcami w celu uzupełnienia towarów w razie potrzeby.
 * Przetwarzanie zamówień klientów i zapewnienie terminowej realizacji i wysyłki.
 * Obsługa zapytań klientów i rozwiązywanie problemów poprzez e-mail, czat i telefon w profesjonalny sposób.
 * Wdrażanie strategii promocyjnych i kampanii marketingowych w celu zwiększenia sprzedaży online.
 * Analizowanie danych sprzedażowych i ruchu na stronie internetowej w celu identyfikacji trendów i poprawy wydajności.
 * Współpraca z zespołem marketingowym w celu poprawy obecności sklepu w internecie.
 * Prowadzenie dokładnych rejestrów sprzedaży, zwrotów i interakcji z klientami.
 * Zapewnienie zgodności z przepisami i standardami handlu elektronicznego.
 * Wykorzystywanie platform i oprogramowania e-commerce w celu usprawnienia operacji i poprawy efektywności.
 * Dostarczanie regularnych raportów na temat wskaźników wydajności i sugerowanie ulepszeń.
 * Pomoc w rozwoju i utrzymaniu interfejsu użytkownika sklepu internetowego w celu optymalizacji zaangażowania klientów.</t>
   </si>
   <si>
+    <t>Product Manager</t>
+  </si>
+  <si>
+    <t>Kierownik produktu</t>
+  </si>
+  <si>
     <t>* Creating business solutions, processes and business models.
 * Processing technical and price proposals.
 * Designing and implementing measures for development.
 * Promoting the sale of products with respect to technical and procedural aspects and relations with suppliers.
 * Managing the relative technical and commercial documentation.
 * Analysing market conditions, processing the results of market analysis, providing regular reports on the results and their presentation.
 * Cooperating with business and technical section of the company.
 * Representing the company in meetings with business partners and other entities.</t>
   </si>
   <si>
     <t>* Tworzenie rozwiązań biznesowych, procesów i modeli biznesowych.
 * Przetwarzanie ofert technicznych i cenowych.
 * Projektowanie i wdrażanie środków na rzecz rozwoju.
 * Promowanie sprzedaży produktów z uwzględnieniem aspektów technicznych, proceduralnych oraz relacji z dostawcami.
 * Zarządzanie odpowiednią dokumentacją techniczną i handlową.
 * Analizowanie warunków rynkowych, przetwarzanie wyników analiz rynkowych, dostarczanie regularnych raportów z wyników oraz ich prezentacja.
 * Współpraca z działami biznesowymi i technicznymi firmy.
 * Reprezentowanie firmy podczas spotkań z partnerami biznesowymi i innymi podmiotami.</t>
   </si>
   <si>
     <t>Promotional Assistant</t>
   </si>
   <si>
     <t>Asystent ds. promocji</t>
   </si>
@@ -3413,50 +3225,88 @@
 * Wykonywanie zadań związanych z wznoszeniem konstrukcji.</t>
   </si>
   <si>
     <t>Civil Engineer</t>
   </si>
   <si>
     <t>Technik budownictwa</t>
   </si>
   <si>
     <t>* Completing preparatory, technical, project and other construction and construction-technical documentation for the authorisation of constructions, their alterations, and maintenance work.
 * Completing partial documentation for territorial plans.
 * Completing documentation for the assessment of the impact of construction work on the environment.
 * Providing the technical and economic consulting services (expert opinions, surveys, estimates, etc.).
 * Performing construction measurements and construction diagnostics.
 * Providing professional author's supervision regarding the construction work in accordance with the approved project documentation.
 * Representation investor during the preparation and provision of construction works.</t>
   </si>
   <si>
     <t>* Przygotowywanie wstępnej, technicznej, projektowej oraz innej dokumentacji budowlanej i budowlano-technicznej w celu uzyskania zezwoleń na budowę, ich modyfikacje oraz prace konserwacyjne.
 * Przygotowywanie częściowej dokumentacji dla planów zagospodarowania terenu.
 * Przygotowywanie dokumentacji do oceny wpływu prac budowlanych na środowisko.
 * Świadczenie usług konsultingowych w zakresie technicznym i ekonomicznym (opinie eksperckie, ankiety, szacunki itp.).
 * Wykonywanie pomiarów budowlanych i diagnostyki budowlanej.
 * Sprawowanie profesjonalnego nadzoru autorskiego nad pracami budowlanymi zgodnie z zatwierdzoną dokumentacją projektową.
 * Reprezentowanie inwestora podczas przygotowania i realizacji prac budowlanych.</t>
+  </si>
+  <si>
+    <t>Civil Engineer for Public Procurement</t>
+  </si>
+  <si>
+    <t>Inżynier budownictwa ds. zamówień publicznych</t>
+  </si>
+  <si>
+    <t>* Preparing and submitting competitive bids for construction projects.
+* Analyzing project requirements and specifications to determine bid scope.
+* Collaborating with project managers, engineers, and other stakeholders to gather necessary information.
+* Conducting cost analysis and estimating project expenses to create accurate bid proposals.
+* Researching and identifying potential subcontractors and suppliers for project needs.
+* Ensuring compliance with legal and regulatory requirements in bid submissions.
+* Presenting bids to clients and addressing any inquiries or concerns.
+* Maintaining records of bids submitted and outcomes for future reference.
+* Monitoring industry trends and competitor activities to enhance bidding strategies.
+* Participating in negotiations with clients and stakeholders to secure contracts.
+* Assisting in the development of project schedules and resource allocation.
+* Providing support during the project execution phase to ensure adherence to bid specifications.
+* Contributing to the continuous improvement of bidding processes and methodologies.
+* Attending industry conferences and networking events to promote the company and gather insights.</t>
+  </si>
+  <si>
+    <t>* Przygotowywanie i składanie konkurencyjnych ofert na projekty budowlane.
+* Analizowanie wymagań i specyfikacji projektowych w celu określenia zakresu oferty.
+* Współpraca z kierownikami projektów, inżynierami i innymi interesariuszami w celu zebrania niezbędnych informacji.
+* Przeprowadzanie analizy kosztów i szacowanie wydatków projektowych w celu stworzenia dokładnych propozycji ofertowych.
+* Badanie i identyfikowanie potencjalnych podwykonawców i dostawców na potrzeby projektu.
+* Zapewnianie zgodności z wymogami prawnymi i regulacyjnymi w składanych ofertach.
+* Prezentowanie ofert klientom i odpowiadanie na wszelkie pytania lub wątpliwości.
+* Prowadzenie dokumentacji złożonych ofert i ich wyników w celach przyszłych referencji.
+* Monitorowanie trendów branżowych i działań konkurencji w celu doskonalenia strategii przetargowych.
+* Uczestniczenie w negocjacjach z klientami i interesariuszami w celu zabezpieczenia kontraktów.
+* Wspieranie rozwoju harmonogramów projektowych i alokacji zasobów.
+* Świadczenie wsparcia podczas fazy realizacji projektu w celu zapewnienia zgodności ze specyfikacją oferty.
+* Wkład w ciągłe doskonalenie procesów i metodologii przetargowych.
+* Uczestniczenie w konferencjach branżowych i wydarzeniach networkingowych w celu promocji firmy i gromadzenia informacji.</t>
   </si>
   <si>
     <t>Construction Manager</t>
   </si>
   <si>
     <t>Kierownik budowy</t>
   </si>
   <si>
     <t>* Coordinating and organising the staff according to the site manager’s instructions.
 * Monitoring the construction processes and procedures while maintaining safety and health at work.
 * Supervising the performance of construction works in accordance with the work schedule.
 * Performing the activities according to construction documentation and their recording in the site diary.
 * Responsibility for the proper management of the company’s wealth.</t>
   </si>
   <si>
     <t>* Koordynowanie i organizowanie personelu zgodnie z instrukcjami kierownika budowy.
 * Monitorowanie procesów i procedur budowlanych przy jednoczesnym utrzymaniu bezpieczeństwa i higieny pracy.
 * Nadzorowanie wykonania prac budowlanych zgodnie z harmonogramem robót.
 * Wykonywanie czynności zgodnie z dokumentacją budowlaną oraz ich rejestrowanie w dzienniku budowy.
 * Odpowiedzialność za prawidłowe zarządzanie majątkiem firmy.</t>
   </si>
   <si>
     <t>Construction Plant Operator</t>
   </si>
   <si>
@@ -3892,80 +3742,50 @@
 * Mieszanie kolorów z pigmentem w celu uzyskania pożądanego odcienia.
 * Nakładanie farby na wałki malarskie i/lub pędzle, usuwanie nadmiaru farby za pomocą kratki.
 * Malowanie ścian wewnętrznych i zewnętrznych za pomocą wałków malarskich i/lub pędzli.</t>
   </si>
   <si>
     <t>Pipe fitter</t>
   </si>
   <si>
     <t>Monter rur</t>
   </si>
   <si>
     <t>* reading isometric drawings
 * assembling switching systems according to plans
 * bending the pipes
 * repairing and maintanance of pipe systems
 * assembling sewers, water and gas supply pipes</t>
   </si>
   <si>
     <t>* czytanie rysunków izometrycznych
 * montaż systemów przełączających zgodnie z planami
 * gięcie rur
 * naprawa i konserwacja systemów rurociągowych
 * montaż kanalizacji, rur wodociągowych i gazowych</t>
   </si>
   <si>
-    <t>Production Manager</t>
-[...28 lines deleted...]
-  <si>
     <t>Project Manager</t>
   </si>
   <si>
     <t>Project Manager (zarządzający projektem)</t>
   </si>
   <si>
     <t>* Planning, managing, and coordinating construction projects.
 * Responsibility for compliance with the agreed deadlines and budget.
 * Inspecting the quality of completed work.
 * Cooperating with construction designers and construction supervisors.
 * Sending price inquiries to potential suppliers.
 * Conducting negotiations with suppliers and selecting suppliers in co-operation with investors.
 * Completing weekly and monthly reports.
 * Cooperating in receiving the construction works.</t>
   </si>
   <si>
     <t>* Planowanie, zarządzanie i koordynowanie projektów budowlanych.
 * Odpowiedzialność za przestrzeganie uzgodnionych terminów i budżetu.
 * Kontrola jakości wykonanych prac.
 * Współpraca z projektantami budowlanymi i kierownikami budów.
 * Wysyłanie zapytań cenowych do potencjalnych dostawców.
 * Prowadzenie negocjacji z dostawcami i wybór dostawców we współpracy z inwestorami.
 * Sporządzanie cotygodniowych i comiesięcznych raportów.
 * Współpraca przy odbiorze robót budowlanych.</t>
   </si>
@@ -4100,99 +3920,69 @@
     <t>* Wykonywanie obliczeń niezbędnych do projektowania prostszych urządzeń chłodniczych i klimatyzacyjnych.
 * Montaż, demontaż i wyposażanie urządzeń chłodniczych i klimatyzacyjnych.
 * Wykrywanie usterek i określanie procedur niezbędnych do ich usunięcia.
 * Podłączanie elementów sterowania automatycznego do urządzeń chłodniczych i klimatyzacyjnych.
 * Ocena obiektów pod kątem spełniania norm i przepisów.</t>
   </si>
   <si>
     <t>Roofer</t>
   </si>
   <si>
     <t>Dekarz</t>
   </si>
   <si>
     <t>* Calculating, plotting and fabricating sheet metal products.
 * Cutting the sheet metal plates into the required dimensions.
 * Laying a soft and hard roof covering.
 * Covering roofs, terraces, balconies, loggias, parapets, cornices, window sills, etc. with sheet metal.</t>
   </si>
   <si>
     <t>* Obliczanie, wykreślanie i wytwarzanie produktów z blachy.
 * Cięcie płyt blach na wymagane wymiary.
 * Układanie miękkiego i twardego pokrycia dachowego.
 * Pokrywanie dachów, tarasów, balkonów, loggi, parapetów, gzymsów, parapetów okiennych itp. blachą.</t>
   </si>
   <si>
-    <t>Scaffolder</t>
+    <t>Scaffolder worker</t>
   </si>
   <si>
     <t>Monter rusztowań</t>
   </si>
   <si>
     <t xml:space="preserve">* Putting up scaffoldings while considering the load-carrying capacity of the bed.
 * Putting up scaffoldings along the frontage of the buildings.
 * Putting up protective railings, protective nets, ladders, floors and blocks that prevent objects from falling down from the scaffolding.
 * Being responsible for building the right foundations of a scaffolding, for the correct anchoring and putting up of the scaffolding .
 * Taking apart the scaffolding and protective nets after finishing the building process.
 </t>
   </si>
   <si>
     <t>* Montowanie rusztowań z uwzględnieniem nośności podłoża.
 * Montowanie rusztowań wzdłuż elewacji budynków.
 * Montowanie barierek ochronnych, siatek zabezpieczających, drabin, podestów oraz blokad zapobiegających spadaniu przedmiotów z rusztowania.
 * Odpowiedzialność za prawidłowe przygotowanie fundamentów pod rusztowanie, właściwe zakotwiczenie oraz montaż rusztowania.
 * Demontaż rusztowań i siatek zabezpieczających po zakończeniu procesu budowlanego.</t>
-  </si>
-[...28 lines deleted...]
-* Współpraca z profesjonalistami i organizacjami, takimi jak dostawcy, producenci, kosztorysanci i architekci.</t>
   </si>
   <si>
     <t>Stonemason</t>
   </si>
   <si>
     <t>Kamieniarz</t>
   </si>
   <si>
     <t>* Selecting suitable stone blocks that are required to implement the contract.
 * Cutting stone blocks to the required dimensions.
 * Engraving and polishing stone plates.
 * Hewing, sandblasting, gilding and silvering letters.
 * Mounting and fixing tombstones in cemeteries.</t>
   </si>
   <si>
     <t>* Dobór odpowiednich bloków kamiennych niezbędnych do realizacji umowy.
 * Cięcie bloków kamiennych na wymagane wymiary.
 * Grawerowanie i polerowanie płyt kamiennych.
 * Rzeźbienie, piaskowanie, złocenie i srebrzenie liter.
 * Montaż i mocowanie nagrobków na cmentarzach.</t>
   </si>
   <si>
     <t>Structural Engineer</t>
   </si>
   <si>
@@ -4375,58 +4165,58 @@
     <t xml:space="preserve">* Manage the team on a day-to-day basis and to develop and maintain strong external and internal client relationships. 
 * Manage portfolios of clients and are responsible for fee negotiations, billings, contracts and cash collection. 
 * For each assignment, the accounting services manager determines resource requirements, monitors the team’s progress against budget and sets timeframes. 
 * They will review and approve the work of more junior staff and resolve any issues prior to director or partner review. 
 * The accounting services manager will also contribute to business development by proactively seeking out new opportunities for the team.
 </t>
   </si>
   <si>
     <t>* Zarządzanie zespołem na co dzień oraz rozwijanie i utrzymywanie silnych relacji z klientami zewnętrznymi i wewnętrznymi.  
 * Zarządzanie portfelami klientów oraz odpowiedzialność za negocjacje opłat, rozliczenia, umowy i windykację należności.  
 * Dla każdego zlecenia menedżer usług księgowych określa wymagania dotyczące zasobów, monitoruje postępy zespołu w stosunku do budżetu i ustala terminy.  
 * Przegląda i zatwierdza pracę młodszych pracowników oraz rozwiązuje wszelkie problemy przed przeglądem dyrektora lub partnera.  
 * Menedżer usług księgowych przyczynia się również do rozwoju biznesu, aktywnie poszukując nowych możliwości dla zespołu.</t>
   </si>
   <si>
     <t>Assistant of Auditor</t>
   </si>
   <si>
     <t>Asystent biegłego rewidenta</t>
   </si>
   <si>
     <t>* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
-* Providing co-operation to the Slovak Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
-[...2 lines deleted...]
-    <t>* Wykonywanie czynności ekonomicznych (z wyłączeniem podpisywania pisemnego raportu z wyników świadczonych usług audytorskich) pod kierunkiem certyfikowanego audytora.
+* Providing co-operation to the Chamber of Auditors in case of a quality audit concerning the performance of auditing services.</t>
+  </si>
+  <si>
+    <t>* Wykonywanie działalności gospodarczej (z wyjątkiem podpisywania pisemnego raportu z wyników świadczonych usług audytowych) pod kierunkiem certyfikowanego audytora.
 * Sprawdzanie sprawozdań finansowych klientów.
-* Zarządzanie dokumentacją audytorską.
-[...1 lines deleted...]
-* Współpraca ze Słowacką Izbą Audytorów w przypadku audytu jakości dotyczącego wykonywania usług audytorskich.</t>
+* Zarządzanie dokumentacją audytową.
+* Prowadzenie książki pracy asystenta audytora.
+* Współpraca z Izbą Biegłych Rewidentów w przypadku audytu jakości dotyczącego wykonywania usług audytowych.</t>
   </si>
   <si>
     <t>Assistant to a Tax Advisor</t>
   </si>
   <si>
     <t>Asystent doradcy podatkowego</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
     <t>* Wykonywanie czynności gospodarczych pod nadzorem certyfikowanego doradcy podatkowego.
 * Przygotowywanie opinii podatkowych w języku słowackim i/lub obcym.
 * Obliczanie podatku dochodowego osób fizycznych i prawnych.
 * Przygotowywanie deklaracji podatkowych dotyczących podatku dochodowego osób fizycznych i prawnych, VAT, podatku od nieruchomości, podatku od środków transportowych oraz akcyzy.
 * Rejestrowanie podatników w odpowiednich urzędach skarbowych.
 * Komunikowanie się z klientami firmy oraz przedstawicielami administracji podatkowej.</t>
   </si>
   <si>
     <t>Auditor</t>
@@ -5545,80 +5335,50 @@
 * Odpowiedzialność za przestrzeganie zasad higieny i kultury żywienia w stołówce szkolnej.
 * Zarządzanie i nadzór nad pracą podległego personelu.
 * Zapewnienie zgodności z wartościami odżywczymi w serwowanych posiłkach.
 * Opracowywanie tygodniowego menu.
 * Zapewnienie ekonomicznego zarządzania przydzielonymi środkami.</t>
   </si>
   <si>
     <t>School Caretaker</t>
   </si>
   <si>
     <t>Woźny</t>
   </si>
   <si>
     <t>* Performing simple repairs and general maintenance activities as regards school property and premises.
 * Maintaining cleanliness and order on the school premises.
 * Ordering and receiving works from specialised companies.
 * Clearing snow and ice from pavements, stairs, and roads during the winter.
 * Boiler room operating.</t>
   </si>
   <si>
     <t>* Wykonywanie prostych napraw i ogólnych prac konserwacyjnych dotyczących mienia i terenu szkoły.
 * Utrzymywanie czystości i porządku na terenie szkoły.
 * Zamawianie i odbieranie prac od wyspecjalizowanych firm.
 * Odśnieżanie i usuwanie lodu z chodników, schodów i dróg w okresie zimowym.
 * Obsługa kotłowni.</t>
-  </si>
-[...28 lines deleted...]
-* Pełnienie funkcji reprezentanta szkoły w społeczności, promując wartości i misję instytucji.</t>
   </si>
   <si>
     <t>Secondary School Teacher</t>
   </si>
   <si>
     <t>Nauczyciel szkoły średniej</t>
   </si>
   <si>
     <t>* Teaching professional, natural sciences and general education subjects.
 * Keeping attendance records and records of the lessons given in the classroom. 
 * Explaining new lessons to students, dictation of notes.
 * Testing the students’ knowledge in the form of verbal answers and written tests, including assessment using marks.
 * Issuing written warnings to students who breach school regulations.
 * Preparing educational aids to support the educational process.</t>
   </si>
   <si>
     <t>* Nauczanie przedmiotów zawodowych, przyrodniczych i ogólnokształcących.
 * Prowadzenie dokumentacji obecności oraz zapisów przeprowadzonych lekcji w klasie.
 * Wyjaśnianie nowych lekcji uczniom, dyktowanie notatek.
 * Sprawdzanie wiedzy uczniów w formie odpowiedzi ustnych i pisemnych testów, w tym ocenianie przy użyciu ocen.
 * Wystawianie pisemnych upomnień uczniom łamiącym regulamin szkoły.
 * Przygotowywanie pomocy dydaktycznych wspierających proces edukacyjny.</t>
   </si>
   <si>
     <t>Special Needs Teacher</t>
@@ -6334,74 +6094,50 @@
     <t>* Wspieranie klientów w rozwiązywaniu problemów poprzez zadawanie uporządkowanych pytań, refleksje, sugestie i informacje zwrotne.
 * Świadczenie konsultacji dotyczących alternatywnych procedur i ich konsekwencji.
 * Pomoc we wdrażaniu określonych planów i zamierzeń.
 * Wspieranie rozwoju i uczenia się.</t>
   </si>
   <si>
     <t>Compensation &amp; Benefit Specialist</t>
   </si>
   <si>
     <t>Specjalista ds. wynagrodzeń</t>
   </si>
   <si>
     <t xml:space="preserve">* Participating in the setting of reward strategies within the company.
 * Planning of personal costs.
 * Watching withdrawals from the funds earmarked for the remuneration of employees.
 * Reevaluating the height of salaries and provided benefits.
 * Solving problems connected with remuneration.
 </t>
   </si>
   <si>
     <t>* Udział w ustalaniu strategii wynagrodzeń w firmie.
 * Planowanie kosztów osobowych.
 * Monitorowanie wypłat z funduszy przeznaczonych na wynagrodzenia pracowników.
 * Przeglądanie wysokości wynagrodzeń i świadczeń dodatkowych.
 * Rozwiązywanie problemów związanych z wynagrodzeniami.</t>
-  </si>
-[...22 lines deleted...]
-* Śledzenie trendów branżowych i najlepszych praktyk w celu zwiększenia efektywności działu.</t>
   </si>
   <si>
     <t>Education Specialist</t>
   </si>
   <si>
     <t>Specjalista ds. edukacji</t>
   </si>
   <si>
     <t>* Responsibility for the drawing up a plan of training activities.
 * Determining the training needs and communication with senior staff in developing a training plan.
 * Preparing the group and individual training plans.
 * Introducing the new training systems and new projects.
 * Cooperating in the implementation of professional career system and in creating a system of further education.
 * Creating and implementing the professional career system of employees and creating the processes to ensure the further professional development of employees.
 * Conducting organisation development projects.
 * Independent completing, recording and revising the proposals of training activities (internal and external).
 * Creating and managing the catalogue of training activities.
 * Providing advice on creating training proposals.
 * Preparing and organising internal trainings, preparing technical equipment and the ensuring suitable classrooms.
 * Tracking feedback from conducted training in order to improve the service provided for the necessary staff development.
 * Providing training activities through external training companies.
 * Participating in defining the requirements and specifications for choosing a supplier of training activities.
 * Communicating with the external suppliers of trainings.
 * Covering the current qualification needs.
 * Providing advice to managers and employees concerning the arrangements for further education.
@@ -6663,50 +6399,74 @@
   <si>
     <t>ABAP Programmer</t>
   </si>
   <si>
     <t>Programista ABAP</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Rozwijanie złożonych aplikacji komputerowych i/lub oddzielnych modułów w języku programowania ABAP.
 * Analizowanie wymagań klientów oraz ocena potencjalnych ryzyk i związanych z nimi kwestii technicznych.
 * Udział w tworzeniu specyfikacji technicznych.
 * Przekazywanie ukończonych prac klientom/testerom w celu przeprowadzenia testów.
 * Identyfikowanie i korygowanie błędów funkcjonalnych oraz związanych z bezpieczeństwem w kodzie źródłowym.
 * Przekazywanie ukończonych aplikacji klientom, kierownikom projektów itp.
 * Świadczenie wsparcia technicznego dla klientów.</t>
   </si>
   <si>
+    <t>Agile Coach</t>
+  </si>
+  <si>
+    <t>Agile coach / Trener agile</t>
+  </si>
+  <si>
+    <t>Implementing agile principles within teams and the organization.
+Coaching Scrum Masters, Product Owners, and development teams.
+Facilitating retrospectives, workshops, and agile ceremonies.
+Assessing team maturity and proposing improvements.
+Removing obstacles that hinder agile ways of working.
+Educating teams on agile frameworks (Scrum, Kanban, SAFe).
+Supporting a culture of continuous improvement.</t>
+  </si>
+  <si>
+    <t>Wdrażanie zasad agile w zespołach i organizacji.
+Coaching Scrum Masterów, Product Ownerów i zespołów deweloperskich.
+Facylitacja retrospektyw, warsztatów i ceremonii agile.
+Ocena dojrzałości zespołu i proponowanie usprawnień.
+Usuwanie przeszkód utrudniających zwinne działanie.
+Szkolenie zespołów w zakresie frameworków agile (Scrum, Kanban, SAFe).
+Wspieranie kultury ciągłego doskonalenia.</t>
+  </si>
+  <si>
     <t>AI Engineer</t>
   </si>
   <si>
     <t>Inżynier sztucznej inteligencji</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
     <t>* Projektowanie, rozwój i wdrażanie modeli sztucznej inteligencji i uczenia maszynowego.
 * Przetwarzanie i analiza danych, w tym przygotowywanie zbiorów danych, czyszczenie i anotacja danych.
 * Opracowywanie algorytmów do prognozowania, klasyfikacji, rozpoznawania obrazu/mowy lub przetwarzania języka naturalnego (NLP).
 * Integracja rozwiązań AI z istniejącymi produktami, systemami lub infrastrukturą chmurową.
 * Optymalizacja modeli pod względem wydajności, dokładności i zapotrzebowania na zasoby obliczeniowe.
 * Współpraca z analitykami danych, programistami i zespołami biznesowymi przy definiowaniu wymagań i celów.
 * Monitorowanie trendów i nowości w obszarze AI/ML oraz ich zastosowanie w praktyce.
 * Dokumentowanie procedur, rozwiązań i wyników eksperymentów.</t>
   </si>
@@ -7625,50 +7385,74 @@
   <si>
     <t>Objective-C Programmer</t>
   </si>
   <si>
     <t>Programista Objective-C</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Rozwijanie aplikacji mobilnych dla platformy iOS oraz urządzeń z systemem operacyjnym iOS (iPhone, iPad itp.).
 * Analizowanie wymagań klientów oraz ocenianie potencjalnych ryzyk i związanych z nimi problemów technicznych.
 * Udział w tworzeniu specyfikacji technicznych.
 * Przekazywanie ukończonych prac klientom/testerom w celu przeprowadzenia testów.
 * Identyfikowanie i poprawianie błędów funkcjonalnych oraz związanych z bezpieczeństwem w kodzie źródłowym.
 * Przekazywanie ukończonych aplikacji klientom, kierownikom projektów itp.
 * Świadczenie wsparcia technicznego dla klientów.</t>
   </si>
   <si>
+    <t>Online Casino Technician</t>
+  </si>
+  <si>
+    <t>Technik kasyna online</t>
+  </si>
+  <si>
+    <t>Managing and monitoring online gaming systems.
+Resolving incidents related to gaming software.
+Deploying updates and game configurations.
+Testing the functionality of game modules.
+Communicating with developers and game providers.
+Ensuring operational stability and performance.
+Documenting technical interventions.</t>
+  </si>
+  <si>
+    <t>Zarządzanie i monitorowanie systemów gier online.
+Rozwiązywanie incydentów związanych z oprogramowaniem gier.
+Wdrażanie aktualizacji i konfiguracji gier.
+Testowanie funkcjonalności modułów gier.
+Komunikacja z deweloperami i dostawcami gier.
+Zapewnienie stabilności i wydajności operacyjnej.
+Dokumentowanie interwencji technicznych.</t>
+  </si>
+  <si>
     <t>Oracle Programmer</t>
   </si>
   <si>
     <t>Programista Oracle</t>
   </si>
   <si>
     <t>* Developing computer applications and connecting them with the Oracle database system.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Rozwijanie aplikacji komputerowych i łączenie ich z systemem bazy danych Oracle.
 * Analizowanie wymagań klientów oraz ocena potencjalnych ryzyk i związanych z nimi problemów technicznych.
 * Udział w tworzeniu specyfikacji technicznych.
 * Przekazywanie ukończonych prac klientom/testerom w celu przeprowadzenia testów.
 * Identyfikowanie i poprawianie błędów funkcjonalnych oraz związanych z bezpieczeństwem w kodzie źródłowym.
 * Przekazywanie ukończonych aplikacji klientom, kierownikom projektów itp.
 * Świadczenie wsparcia technicznego dla klientów.</t>
   </si>
   <si>
     <t>PC Technician</t>
@@ -7809,80 +7593,128 @@
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
     <t>* Rozwijanie i utrzymywanie oprogramowania statystycznego oraz narzędzi przy użyciu języka programowania R.
 * Analizowanie złożonych zbiorów danych w celu wyciągania znaczących wniosków i wspierania podejmowania decyzji opartych na danych.
 * Współpraca z interdyscyplinarnymi zespołami w celu zrozumienia wymagań dotyczących danych i dostarczania rozwiązań przynoszących realne korzyści.
 * Tworzenie wizualizacji danych i raportów w celu skutecznego przekazywania wyników analiz interesariuszom.
 * Pisanie czystego, wydajnego i dobrze udokumentowanego kodu, aby zapewnić utrzymywalność i skalowalność projektów.
 * Przeprowadzanie czyszczenia i wstępnego przetwarzania danych w celu zapewnienia ich jakości i wiarygodności.
 * Udział w przeglądach kodu i przyczynianie się do wdrażania najlepszych praktyk w zakresie rozwoju oprogramowania.
 * Śledzenie najnowszych osiągnięć w dziedzinie programowania w R oraz metodologii nauki o danych.
 * Rozwiązywanie problemów i debugowanie istniejących aplikacji R w celu poprawy ich funkcjonalności i wydajności.
 * Zapewnianie szkoleń i wsparcia członkom zespołu oraz interesariuszom w zakresie narzędzi i technik związanych z R.</t>
   </si>
   <si>
+    <t>RPA engineer</t>
+  </si>
+  <si>
+    <t>Inżynier RPA</t>
+  </si>
+  <si>
+    <t>Automating processes using RPA tools (UiPath, BluePrism, Automation Anywhere).
+Modeling process flows and analyzing steps suitable for automation.
+Developing, testing, and deploying robotic scripts.
+Ensuring proper operation of RPA robots in production.
+Optimizing existing automations and resolving incidents.
+Documenting solutions and process procedures.
+Collaborating with process analysts, IT, and business departments.</t>
+  </si>
+  <si>
+    <t>Automatyzacja procesów za pomocą narzędzi RPA (UiPath, BluePrism, Automation Anywhere).
+Modelowanie przepływów procesów i analiza kroków nadających się do automatyzacji.
+Tworzenie, testowanie i wdrażanie skryptów robotycznych.
+Zapewnienie prawidłowego działania robotów RPA w środowisku produkcyjnym.
+Optymalizacja istniejących automatyzacji i rozwiązywanie incydentów.
+Dokumentowanie rozwiązań i procedur procesowych.
+Współpraca z analitykami procesów, IT i działami biznesowymi.</t>
+  </si>
+  <si>
     <t>Ruby Developer/Programmer</t>
   </si>
   <si>
     <t>Ruby Developer / Programmer</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
   </si>
   <si>
     <t>* Współpraca z interdyscyplinarnymi zespołami w celu definiowania, projektowania i wdrażania nowych funkcjonalności w aplikacjach Ruby.
 * Pisanie czystego, łatwego w utrzymaniu i wydajnego kodu, z zachowaniem najlepszych praktyk i standardów programowania.
 * Debugowanie i rozwiązywanie problemów w istniejących aplikacjach w celu zapewnienia optymalnej wydajności i doświadczenia użytkownika.
 * Udział w przeglądach kodu w celu udzielania konstruktywnej informacji zwrotnej oraz poprawy produktywności zespołu.
 * Śledzenie nowych technologii i trendów branżowych w celu usprawnienia procesów rozwojowych.
 * Tworzenie i aktualizacja dokumentacji dotyczącej kodu, procesów i aplikacji.
 * Integracja elementów interfejsu użytkownika z logiką serwerową w celu tworzenia spójnych aplikacji.
 * Zapewnianie bezpieczeństwa i skalowalności aplikacji poprzez rygorystyczne testowanie i optymalizację.
 * Wkład w ciągłe doskonalenie procesu rozwoju i współpracy w zespole.
 * Mentoring młodszych programistów oraz dzielenie się wiedzą w celu budowania kultury uczenia się w zespole.</t>
   </si>
   <si>
+    <t>SAP consultant</t>
+  </si>
+  <si>
+    <t>Konsultant SAP</t>
+  </si>
+  <si>
+    <t>Analyzing business processes and designing solutions within SAP modules.
+Configuring the SAP system according to client requirements.
+Testing, documenting, and supporting deployment activities.
+Training users and providing expert support.
+Collaborating on data migration and integrations with other systems.
+Resolving incidents and optimizing SAP configurations.
+Supporting the development of SAP architecture and processes.</t>
+  </si>
+  <si>
+    <t>Analiza procesów biznesowych i projektowanie rozwiązań w modułach SAP.
+Konfigurowanie systemu SAP zgodnie z wymaganiami klienta.
+Testowanie, dokumentowanie i wsparcie podczas wdrożenia.
+Szkolenie użytkowników i zapewnianie wsparcia eksperckiego.
+Współpraca przy migracji danych i integracjach z innymi systemami.
+Rozwiązywanie incydentów i optymalizacja ustawień SAP.
+Wspieranie rozwoju architektury i procesów SAP.</t>
+  </si>
+  <si>
     <t>SAP specialist</t>
   </si>
   <si>
     <t>Specjalista SAP</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
   </si>
   <si>
     <t>* Zapewnij odpowiednie wsparcie dla użytkowników, otrzymuj i rozwiązuj raporty o błędach i problemach.
 * Monitoruj system i podejmij działania, aby zapewnić bezproblemowe działanie.
 * Zarządzaj przypisanymi modułami zgodnie z uzgodnionymi wewnętrznymi standardami.
 * Komunikuj się z innymi działami w celu zapewnienia odpowiedniego wsparcia użytkownikom SAP.
 * Przyczynianie się do rozwoju metodologii operacyjnych i planów rozwoju.
 * Przejmij nowe innowacje, a także profesjonalną likwidację przestarzałych systemów informatycznych.</t>
   </si>
   <si>
     <t>Scrum Master</t>
   </si>
   <si>
@@ -7938,50 +7770,108 @@
 * Usuwanie wirusów komputerowych, programów szpiegujących, spamu oraz innych złośliwych aplikacji.
 * Aktualizacja oprogramowania antywirusowego, antyszpiegowskiego oraz łatek bezpieczeństwa.
 * Komunikacja z klientami, udzielanie eksperckich porad i konsultacji.</t>
   </si>
   <si>
     <t>Software Engineer</t>
   </si>
   <si>
     <t>Inżynier oprogramowania</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Wykorzystywanie wiedzy informatycznej i matematycznej do projektowania, tworzenia i testowania oprogramowania.
 * Analizowanie wymagań klientów i proponowanie rozwiązań technicznych.
 * Tworzenie i aktualizowanie dokumentacji technicznej.
 * Rozwijanie oprogramowania zgodnie z wymaganiami klientów.
 * Testowanie oprogramowania i usuwanie błędów.
 * Świadczenie wsparcia technicznego dla klientów.</t>
+  </si>
+  <si>
+    <t>Solution architect</t>
+  </si>
+  <si>
+    <t>Solution architekt / Architekt rozwiązań</t>
+  </si>
+  <si>
+    <t>Analyzing business requirements and translating them into technical solution designs.
+Designing system architectures, integrations, data flows, and technical components.
+Preparing architectural documentation, models, and diagrams.
+Selecting technologies and defining technical standards and best practices.
+Collaborating with developers, testers, business analysts, and the infrastructure team during implementation.
+Consulting design proposals with stakeholders and presenting architecture to both technical and non-technical audiences.
+Overseeing solution implementation and performing technical reviews.
+Addressing security, performance, scalability, and availability considerations.
+Designing integration interfaces (APIs) and system interconnection logic.
+Ensuring solution alignment with enterprise architecture and IT strategy.
+Supporting roadmap planning and effort estimation.</t>
+  </si>
+  <si>
+    <t>Analiza wymagań biznesowych i ich tłumaczenie na techniczny projekt rozwiązania.
+Projektowanie architektury systemów, integracji, przepływów danych i komponentów technicznych.
+Przygotowywanie dokumentacji architektonicznej, modeli i diagramów.
+Wybór technologii oraz określanie standardów technicznych i najlepszych praktyk.
+Współpraca z deweloperami, testerami, analitykami biznesowymi i zespołem infrastruktury podczas wdrożenia.
+Konsultacje projektów z interesariuszami oraz prezentacja architektury odbiorcom technicznym i nietechnicznym.
+Nadzór nad wdrożeniem rozwiązania i przeprowadzanie przeglądów technicznych.
+Rozwiązywanie kwestii bezpieczeństwa, wydajności, skalowalności i dostępności.
+Projektowanie interfejsów integracyjnych (API) i logiki łączenia systemów.
+Zapewnianie zgodności rozwiązania z architekturą enterprise i strategią IT.
+Wsparcie planowania roadmapy i przygotowywania szacunków pracochłonności.</t>
+  </si>
+  <si>
+    <t>SRE – Site Reliability Engineer</t>
+  </si>
+  <si>
+    <t>SRE – Inżynier niezawodności serwisów</t>
+  </si>
+  <si>
+    <t>Monitoring system availability and performance.
+Incident response — resolving outages and restoring services quickly.
+Automating operational tasks and deployments.
+Capacity planning and infrastructure scaling.
+Building and maintaining monitoring, alerting, and metrics.
+Collaborating with developers to improve application reliability.
+Post‑incident analysis and implementation of preventive measures.
+Ensuring system security and compliance with standards.</t>
+  </si>
+  <si>
+    <t>Monitorowanie dostępności i wydajności systemów.
+Incident response – usuwanie awarii i szybkie przywracanie usług.
+Automatyzacja zadań operacyjnych i procesów wdrożeniowych.
+Planowanie pojemności i skalowanie infrastruktury.
+Tworzenie i utrzymanie monitoringu, alertingu i metryk.
+Współpraca z deweloperami nad poprawą niezawodności aplikacji.
+Analizy powyypadkowe i wdrażanie działań zapobiegawczych.
+Zapewnienie bezpieczeństwa systemów i zgodności ze standardami.</t>
   </si>
   <si>
     <t>Systems Administrator</t>
   </si>
   <si>
     <t>Administrator systemów</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
     <t>* Instalacja i administracja serwerów komputerowych oraz stacji roboczych.
 * Instalowanie, ponowne instalowanie i aktualizowanie licencjonowanego oprogramowania; prowadzenie ewidencji zakupionych licencji.
 * Przeprowadzanie regularnych audytów systemowych i oprogramowania.
 * Analizowanie dzienników systemowych i identyfikowanie ewentualnych nieprawidłowości.
 * Optymalizowanie działania i wydajności systemu.
@@ -8156,130 +8046,74 @@
 * Creating and updating computer programs for distribution networks, pricing, taxation and technical changes in life insurance.
 * Testing the profitability of products.
 * Preparing personalised insurance offers.
 * Preparing documents for the assessment of non-standard changes in life insurance.
 * Performing and ensuring activities related to financial funds in investment life insurance.
 * Preparing documentation and participating in conducting methodological trainings for distribution networks.
 * Preparing documentation for accounting, the National Bank of Slovakia, auditors, shareholders and other entities, preparing periodic reports for the reinsurer.
 * Providing expert consultation on life insurance products to other units of the company.</t>
   </si>
   <si>
     <t>* Monitorowanie rynku ubezpieczeniowego, opracowywanie nowych produktów oraz proponowanie zmian w istniejących produktach.
 * Formułowanie umów ubezpieczeniowych, warunków ubezpieczenia oraz specjalnych porozumień.
 * Ustalanie taryf składek, wysokości rezerw technicznych w ubezpieczeniach na życie oraz ubezpieczeniach dodatkowych.
 * Przygotowywanie i aktualizowanie technicznych planów biznesowych oraz instrukcji.
 * Przygotowywanie dokumentów do wdrożenia zmian związanych z innowacjami produktowymi w systemie informatycznym.
 * Tworzenie i aktualizowanie programów komputerowych dla sieci dystrybucji, wyceny, opodatkowania oraz zmian technicznych w ubezpieczeniach na życie.
 * Testowanie rentowności produktów.
 * Przygotowywanie spersonalizowanych ofert ubezpieczeniowych.
 * Przygotowywanie dokumentów do oceny niestandardowych zmian w ubezpieczeniach na życie.
 * Wykonywanie i zapewnianie działań związanych z funduszami finansowymi w inwestycyjnych ubezpieczeniach na życie.
 * Przygotowywanie dokumentacji oraz uczestnictwo w prowadzeniu szkoleń metodologicznych dla sieci dystrybucji.
 * Przygotowywanie dokumentacji dla księgowości, Narodowego Banku Słowacji, audytorów, akcjonariuszy oraz innych podmiotów, sporządzanie okresowych raportów dla reasekuratora.
 * Świadczenie eksperckich konsultacji dotyczących produktów ubezpieczeń na życie dla innych jednostek firmy.</t>
   </si>
   <si>
-    <t>* Overseeing the overall operations and strategic direction of the branch.
-[...26 lines deleted...]
-  <si>
     <t>Contract Administration Officer</t>
   </si>
   <si>
     <t>Oficer Zarządzania Kontraktami</t>
   </si>
   <si>
     <t>* Receiving, recording and processing the documents required for concluding contracts on the provision of health care.
 * Concluding contracts with health care providers.
 * Checking and verifying the completeness and accuracy of data given in the contracts for the provision of health care.
 * Providing administrative support when preparing draft contracts and amendments.
 * Providing the administration of contracts, and processing the documents registered in the information system used by the company.
 * Providing information on the substance of contracts.
 * Cooperating with other sections of the insurance company.
 * Preparing overviews and reports in accordance with the assignment and requirements from the superiors.</t>
   </si>
   <si>
     <t>* Przyjmowanie, rejestrowanie i przetwarzanie dokumentów wymaganych do zawierania umów na świadczenie usług zdrowotnych.
 * Zawieranie umów z dostawcami usług zdrowotnych.
 * Sprawdzanie i weryfikowanie kompletności oraz poprawności danych zawartych w umowach na świadczenie usług zdrowotnych.
 * Świadczenie wsparcia administracyjnego przy przygotowywaniu projektów umów i ich zmian.
 * Prowadzenie administracji umowami oraz przetwarzanie dokumentów zarejestrowanych w systemie informatycznym wykorzystywanym przez firmę.
 * Udzielanie informacji dotyczących treści umów.
 * Współpraca z innymi działami towarzystwa ubezpieczeniowego.
 * Przygotowywanie przeglądów i raportów zgodnie z przydzielonymi zadaniami i wymaganiami przełożonych.</t>
-  </si>
-[...26 lines deleted...]
-* Reprezentuj dział na spotkaniach wewnętrznych i zewnętrznych, promując wartości i misję organizacji.</t>
   </si>
   <si>
     <t>Health Care Purchasing Specialist</t>
   </si>
   <si>
     <t>Specjalista ds. zakupów świadczeń opieki zdrowotne</t>
   </si>
   <si>
     <t>* Checking the administration and updating of the register of healthcare providers (HCP).
 * Checking the completeness and veracity of contracts concluded with HCP.
 * Taking part in the implementation of consultation procedures regarding the contractual terms.
 * Processing the accepted comments regarding the contractual terms and ensuring their incorporation into contractual relations.
 * Cooperating in the preparation of proposals for the company’s health programmes.
 * Assessing material and technical equipment regarding the contractual terms of HCP in relation to their payment.
 * Working with analyses and creating secondary analyses in the area of price conditions as set out in the contracts with HCP on the basis of the company’s requests and needs.
 * Preparing statistical overviews of the impact of price adjustments of the terms for HCP on the company’s budget.
 * Issuing opinions and processing requests addressed to the Healthcare Surveillance Authority, the Ministry of Health of the Slovak Republic and other institutions, if their request is factually appropriate for the department.</t>
   </si>
   <si>
     <t>* Sprawdzanie administracji i aktualizacja rejestru świadczeniodawców opieki zdrowotnej (HCP).
 * Weryfikacja kompletności i prawdziwości umów zawartych z HCP.
 * Udział w wdrażaniu procedur konsultacyjnych dotyczących warunków umownych.
 * Przetwarzanie przyjętych uwag dotyczących warunków umownych i zapewnienie ich włączenia do relacji umownych.
 * Współpraca przy przygotowywaniu propozycji programów zdrowotnych firmy.
 * Ocena wyposażenia materialnego i technicznego w odniesieniu do warunków umownych HCP w związku z ich wynagrodzeniem.
@@ -8928,80 +8762,50 @@
   <si>
     <t>* Tworzenie szerokiego zakresu koncepcji graficznych na podstawie szczegółowych wytycznych klientów.
 * Wprowadzanie uwag klientów do projektów graficznych.
 * Przenoszenie rysunków z papieru do formy elektronicznej przy użyciu skanera.
 * Ustalanie ostatecznego stylu i kolorów rysunków w programie graficznym.
 * Eksportowanie projektów graficznych w żądanym formacie.</t>
   </si>
   <si>
     <t>Managing Editor</t>
   </si>
   <si>
     <t>* Responsibility for the content of the entrusted periodical.
 * Coordinating the activities of editors in the publishing house.
 * Editing articles.
 * Creating the appearance of the pages in the periodical.
 * Writing editorials.</t>
   </si>
   <si>
     <t>* Odpowiedzialność za treść powierzonego czasopisma.
 * Koordynowanie działań redaktorów w wydawnictwie.
 * Redagowanie artykułów.
 * Tworzenie wyglądu stron w czasopiśmie.
 * Pisanie wstępniaków.</t>
   </si>
   <si>
-    <t>Organizer</t>
-[...28 lines deleted...]
-  <si>
     <t>Photo Editor</t>
   </si>
   <si>
     <t>Edytor zdjęć</t>
   </si>
   <si>
     <t>* Searching for photographs, illustrations, and flash animations in online databases.
 * Assigning tasks to photographers.
 * Selecting suitable photographs and illustrations for the covers of periodicals, articles, websites, etc.
 * Archiving purchased photographs.
 * Communicating with editors and the issue manager, etc.</t>
   </si>
   <si>
     <t>* Wyszukiwanie fotografii, ilustracji i animacji flash w bazach danych online.
 * Przydzielanie zadań fotografom.
 * Wybieranie odpowiednich fotografii i ilustracji na okładki czasopism, artykułów, stron internetowych itp.
 * Archiwizowanie zakupionych fotografii.
 * Komunikacja z redaktorami i kierownikiem wydania itp.</t>
   </si>
   <si>
     <t>Prepress Operator</t>
   </si>
   <si>
     <t>Operator Prepress</t>
   </si>
@@ -9253,54 +9057,54 @@
 * Conducting regular maintenance and troubleshooting of audio equipment.
 * Ensuring compliance with safety standards and regulations in audio production.
 * Recording sound effects, voiceovers, and music for various media projects.
 * Monitoring audio levels during recordings and live performances to ensure optimal sound.
 * Creating and maintaining audio archives for future reference and use.
 * Staying updated with the latest audio technology and techniques to enhance production quality.
 * Assisting in the planning and execution of sound design for multimedia projects.
 * Providing technical support and guidance to other team members during productions.
 * Managing audio budgets and resources effectively to optimize production costs.</t>
   </si>
   <si>
     <t>* Konfigurowanie i obsługa sprzętu audio na potrzeby wydarzeń na żywo, nagrań i transmisji.
 * Współpraca z producentami, reżyserami i innymi członkami zespołu w celu osiągnięcia pożądanej jakości dźwięku.
 * Mieszanie i edycja ścieżek audio w celu zapewnienia klarowności i równowagi.
 * Regularne przeprowadzanie konserwacji i rozwiązywanie problemów ze sprzętem audio.
 * Zapewnienie zgodności z normami i przepisami bezpieczeństwa w produkcji audio.
 * Nagrywanie efektów dźwiękowych, podkładów głosowych i muzyki do różnych projektów medialnych.
 * Monitorowanie poziomów dźwięku podczas nagrań i występów na żywo w celu zapewnienia optymalnego brzmienia.
 * Tworzenie i utrzymywanie archiwów audio do przyszłego wykorzystania.
 * Śledzenie najnowszych technologii i technik audio w celu podniesienia jakości produkcji.
 * Pomoc w planowaniu i realizacji projektowania dźwięku dla projektów multimedialnych.
 * Zapewnianie wsparcia technicznego i porad innym członkom zespołu podczas produkcji.
 * Skuteczne zarządzanie budżetami i zasobami audio w celu optymalizacji kosztów produkcji.</t>
   </si>
   <si>
-    <t>TV Presenter</t>
-[...2 lines deleted...]
-    <t>Prezenter telewizyjny</t>
+    <t>TV Host and Announcer</t>
+  </si>
+  <si>
+    <t>Prezenter telewizyjny i lektor</t>
   </si>
   <si>
     <t>* Presenting and announcing various segments within electronic media, including radio and television programs.
 * Introducing daily programming, including shows, musical performances, and guest appearances.
 * Reading news articles and other texts in spoken format, ensuring clear and engaging delivery.
 * Conducting interviews with guests and experts to provide insightful commentary and discussion.
 * Engaging with the audience through interactive segments and social media platforms.
 * Collaborating with production teams to develop content and improve program quality.
 * Preparing for broadcasts by researching topics and gathering relevant information.
 * Delivering promotional messages and advertisements in a professional manner.
 * Adapting to live broadcasting situations with poise and professionalism.
 * Upholding the standards of journalistic integrity and accuracy in all communications.</t>
   </si>
   <si>
     <t>* Prezentowanie i ogłaszanie różnych segmentów w mediach elektronicznych, w tym programów radiowych i telewizyjnych.
 * Wprowadzanie codziennego programu, w tym programów, występów muzycznych i gości specjalnych.
 * Czytanie artykułów prasowych i innych tekstów w formie mówionej, zapewniając jasne i angażujące przekazywanie treści.
 * Prowadzenie wywiadów z gośćmi i ekspertami w celu zapewnienia wnikliwych komentarzy i dyskusji.
 * Angażowanie publiczności poprzez interaktywne segmenty i platformy społecznościowe.
 * Współpraca z zespołami produkcyjnymi w celu tworzenia treści i poprawy jakości programów.
 * Przygotowywanie się do emisji poprzez badanie tematów i gromadzenie odpowiednich informacji.
 * Przekazywanie komunikatów promocyjnych i reklam w profesjonalny sposób.
 * Dostosowywanie się do sytuacji transmisji na żywo z opanowaniem i profesjonalizmem.
 * Utrzymywanie standardów dziennikarskiej uczciwości i dokładności we wszystkich komunikacjach.</t>
   </si>
@@ -9506,80 +9310,50 @@
   <si>
     <t>* Certifying and drafting private and public documents, including signature verification.
 * Attending board meetings of commercial companies, taking minutes, and preparing contracts.
 * Performing non-contentious legal work, such as managing inheritance proceedings and resolving legal matters that are not in dispute.
 * Advising clients on legal rights and obligations related to notarial acts.
 * Ensuring compliance with relevant laws and regulations in all notarial activities.
 * Maintaining accurate records of all notarial services rendered and safeguarding client confidentiality.
 * Collaborating with other legal professionals to facilitate the execution of documents and transactions.
 * Providing guidance on the preparation of documents necessary for various legal processes.
 * Engaging in continuous professional development to stay updated on changes in legislation and notarial practices.
 * Representing the notary office in legal proceedings when necessary and assisting clients in understanding the implications of legal documents.</t>
   </si>
   <si>
     <t>* Certyfikowanie i sporządzanie dokumentów prywatnych i publicznych, w tym weryfikacja podpisów.
 * Uczestniczenie w posiedzeniach zarządów spółek handlowych, sporządzanie protokołów oraz przygotowywanie umów.
 * Wykonywanie czynności prawnych nienależących do sporów, takich jak prowadzenie postępowań spadkowych i rozwiązywanie kwestii prawnych niebędących przedmiotem sporu.
 * Doradzanie klientom w zakresie praw i obowiązków związanych z czynnościami notarialnymi.
 * Zapewnianie zgodności z obowiązującymi przepisami prawa we wszystkich czynnościach notarialnych.
 * Prowadzenie dokładnej dokumentacji wszystkich świadczonych usług notarialnych oraz ochrona poufności klientów.
 * Współpraca z innymi prawnikami w celu ułatwienia wykonania dokumentów i transakcji.
 * Udzielanie wskazówek dotyczących przygotowania dokumentów niezbędnych do różnych procesów prawnych.
 * Uczestniczenie w ciągłym rozwoju zawodowym w celu aktualizacji wiedzy na temat zmian w przepisach i praktykach notarialnych.
 * Reprezentowanie kancelarii notarialnej w postępowaniach prawnych w razie potrzeby oraz pomoc klientom w zrozumieniu konsekwencji dokumentów prawnych.</t>
   </si>
   <si>
-    <t>Notary Associate</t>
-[...28 lines deleted...]
-  <si>
     <t>Notary's Clerk</t>
   </si>
   <si>
     <t>Notariusz aplikant</t>
   </si>
   <si>
     <t>* Preparing drafts of notarial documents as directed by a notary and/or under his/her guidance.
 * Consulting legal issues related to concepts of notarial documents and proceedings.
 * Communicating with the participants of notarial proceedings, courts, administrative bodies, local authorities, etc.
 * Attending training courses and seminars organised by the Chamber of Notaries of the Slovak Republic and private entities.</t>
   </si>
   <si>
     <t>* Przygotowywanie projektów dokumentów notarialnych zgodnie z wytycznymi notariusza i/lub pod jego nadzorem.
 * Konsultowanie zagadnień prawnych związanych z koncepcjami dokumentów i postępowań notarialnych.
 * Komunikowanie się z uczestnikami postępowań notarialnych, sądami, organami administracyjnymi, władzami lokalnymi itp.
 * Uczestniczenie w kursach szkoleniowych i seminariach organizowanych przez Izbę Notarialną Republiki Słowackiej oraz podmioty prywatne.</t>
   </si>
   <si>
     <t>Paralegal - law student</t>
   </si>
   <si>
     <t>Asystent - student prawa</t>
   </si>
   <si>
     <t xml:space="preserve">* preparing legal filings in judicial proceedings and distraint orders
@@ -9815,50 +9589,74 @@
 * Komunikacja z klientami podczas fazy przygotowawczej koncepcji.
 * Prezentowanie finalnych propozycji klientom.
 * Odpowiedzialność za przekaz i kreatywną komunikację kampanii reklamowych.</t>
   </si>
   <si>
     <t>Auto Repair Shop Manager</t>
   </si>
   <si>
     <t>Kierownik warsztatu samochodowego</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
     <t>* Planowanie przyjęć i organizowanie procesów naprawczych z uwzględnieniem efektywnego wykorzystania personelu, środków produkcji i materiałów.
 * Zarządzanie, koordynowanie i motywowanie pracowników.
 * Przydzielanie zadań pracownikom i monitorowanie ich realizacji.
 * Rejestrowanie i ocenianie przepracowanego czasu oraz wydajności pracowników.
 * Pomoc w diagnozowaniu złożonych usterek i określaniu procedur naprawczych.
 * Rozpatrywanie reklamacji i roszczeń klientów.</t>
+  </si>
+  <si>
+    <t>Betting Sector Manager</t>
+  </si>
+  <si>
+    <t>Menedżer ds. produktów bukmacherskich</t>
+  </si>
+  <si>
+    <t>Managing the portfolio of sports and odds‑based betting products.
+Collaborating with trading, risk management, and marketing teams.
+Optimizing the offer and monitoring market performance.
+Creating promotional campaigns and player engagement activities.
+Ensuring regulatory and compliance adherence.
+Proposing product innovations.
+Monitoring competitors and industry trends.</t>
+  </si>
+  <si>
+    <t>Zarządzanie portfelem zakładów sportowych i kursowych.
+Współpraca z tradingiem, risk managementem i marketingiem.
+Optymalizacja oferty i monitorowanie wyników rynkowych.
+Tworzenie kampanii promocyjnych i aktywności dla graczy.
+Kontrola zgodności z przepisami.
+Proponowanie innowacji produktowych.
+Monitorowanie konkurencji i trendów.</t>
   </si>
   <si>
     <t>Brand Manager</t>
   </si>
   <si>
     <t>Kierownik ds. marki</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t>* Odpowiedzialność za zarządzanie przypisanymi markami.
 * Monitorowanie rynku, preferencji konsumentów oraz działań konkurencji.
 * Projektowanie i wdrażanie strategii marketingowej marki.
 * Planowanie budżetu marketingowego, kontrola jego wydatkowania oraz odpowiedzialność za jego efektywne wykorzystanie.
 * Budowanie pozycji marki na rynku zgodnie ze strategią marketingową.
 * Zarządzanie i nadzorowanie kampanii reklamowych.
 * Komunikacja z partnerami i zewnętrznymi dostawcami.
@@ -9977,50 +9775,66 @@
   </si>
   <si>
     <t>Kierownik Kontraktu</t>
   </si>
   <si>
     <t>* supporting the business department in negotiating terms and conditions
 * revision of treaties
 * overseeing compliance with contractual standards
 * identifying, assessing and reducing the risks associated with the terms of the proposed contracts
 * cooperation with the Legal Department
 * contractual correspondence
 * negotiation of contracts with investors, partners and consultants
 * contractual consulting</t>
   </si>
   <si>
     <t>* wsparcie działu biznesowego w negocjowaniu warunków i zasad
 * weryfikacja umów
 * nadzór nad zgodnością ze standardami umownymi
 * identyfikowanie, ocena i redukcja ryzyk związanych z warunkami proponowanych umów
 * współpraca z Działem Prawnym
 * korespondencja umowna
 * negocjowanie umów z inwestorami, partnerami i konsultantami
 * doradztwo umowne</t>
   </si>
   <si>
+    <t>Department Manager</t>
+  </si>
+  <si>
+    <t>Kierownik działu</t>
+  </si>
+  <si>
+    <t>* Ensuring the smooth running of the department within the company.
+* Managing, coordinating, motivating and evaluating subordinate staff.
+* Training of new recruits.
+* Finding and proposing trainings and courses for subordinate employees.
+* Checking the attendance of subordinate employees.
+* Solving non-standard situations at the workplace.
+* Participation in the selection and dismissal of employees.
+* Preparing weekly and monthly reports.</t>
+  </si>
+  <si>
     <t>* Zapewnienie sprawnego funkcjonowania działu w ramach firmy.
 * Zarządzanie, koordynowanie, motywowanie i ocena podległego personelu.
 * Szkolenie nowych pracowników.
 * Wyszukiwanie i proponowanie szkoleń oraz kursów dla podległych pracowników.
 * Kontrola obecności podległych pracowników.
 * Rozwiązywanie niestandardowych sytuacji w miejscu pracy.
 * Udział w procesie rekrutacji i zwalniania pracowników.
 * Przygotowywanie cotygodniowych i comiesięcznych raportów.</t>
   </si>
   <si>
     <t>Editor-In-Chief</t>
   </si>
   <si>
     <t>Redaktor naczelny</t>
   </si>
   <si>
     <t>* Responsibility for the content and the visual aspect of newspapers, magazines, websites and other periodicals.
 * Responsibility for the accuracy and completeness of the information published.
 * Managing the editorial team and editorial board.
 * Approving ideas and suggestions of subordinates.
 * Writing leading articles (editorials), columns, etc.</t>
   </si>
   <si>
     <t>* Odpowiedzialność za treść i aspekt wizualny gazet, magazynów, stron internetowych oraz innych periodyków.
 * Odpowiedzialność za dokładność i kompletność publikowanych informacji.
@@ -10101,50 +9915,98 @@
 * Przeprowadzanie regularnych inspekcji powierzonej nieruchomości.</t>
   </si>
   <si>
     <t>Finance Manager</t>
   </si>
   <si>
     <t>Kierownik ds. finansów</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees.
 * Ensuring strategic financial planning.
 * Preparing and processing of financial statements of the company.
 * Analysing the financial situation of the company.
 * Planning, managing, and monitoring of cash flow.
 * Communicating with financial institutions and external partners of the company.
 * Reporting results to the members of senior management.</t>
   </si>
   <si>
     <t>* Zarządzanie, koordynowanie, motywowanie i ocena podwładnych pracowników.
 * Zapewnianie strategicznego planowania finansowego.
 * Przygotowywanie i przetwarzanie sprawozdań finansowych firmy.
 * Analiza sytuacji finansowej firmy.
 * Planowanie, zarządzanie i monitorowanie przepływów pieniężnych.
 * Komunikowanie się z instytucjami finansowymi i zewnętrznymi partnerami firmy.
 * Raportowanie wyników członkom wyższego kierownictwa.</t>
+  </si>
+  <si>
+    <t>Gaming Club Manager</t>
+  </si>
+  <si>
+    <t>Menedżer salonu gier</t>
+  </si>
+  <si>
+    <t>Managing gaming venue operations and supervising staff.
+Ensuring compliance with rules and legislation.
+Maintaining customer satisfaction.
+Optimizing performance of gaming devices.
+Handling incidents and risk situations.
+Organizing staff schedules and training.
+Overseeing financial and security aspects of the venue.</t>
+  </si>
+  <si>
+    <t>Zarządzanie działalnością salonu gier i nadzór nad personelem.
+Kontrola przestrzegania przepisów oraz zasad wewnętrznych.
+Zapewnianie satysfakcji klientów.
+Optymalizacja pracy urządzeń do gier.
+Rozwiązywanie incydentów i sytuacji ryzykownych.
+Organizacja grafików i szkoleń.
+Nadzór nad aspektami finansowymi i bezpieczeństwa.</t>
+  </si>
+  <si>
+    <t>Gaming Machines Manager</t>
+  </si>
+  <si>
+    <t>Menedżer urządzeń do gier</t>
+  </si>
+  <si>
+    <t>Managing the operation of gaming machines and technical equipment.
+Planning placement, performance, and rotation of machines.
+Communicating with technicians, suppliers, and venue operators.
+Monitoring revenues and device performance.
+Ensuring compliance with legislation.
+Overseeing maintenance and service interventions.
+Optimizing the game portfolio.</t>
+  </si>
+  <si>
+    <t>Zarządzanie działaniem automatów do gier i urządzeń technicznych.
+Planowanie rozmieszczenia, wydajności i rotacji automatów.
+Współpraca z technikami, dostawcami i punktami obsługi.
+Monitorowanie przychodów i wyników urządzeń.
+Zapewnienie zgodności z przepisami prawa.
+Kontrola serwisów i prac konserwacyjnych.
+Optymalizacja oferty gier.</t>
   </si>
   <si>
     <t>Head of Borough Council Department</t>
   </si>
   <si>
     <t>Wiceprzewodniczący Rady Miejskiej</t>
   </si>
   <si>
     <t xml:space="preserve">* management activities of the department
 * methodological guidelines and coordinating the jobs of the managed department
 * complex control over the jobs in the department
 * cooperation with the heads of other departments
 * work directly subordinate to the head of the field
 * management and supervision in the application of legal norms
 * performing controlling activities within the authority of the department
 * professional consultations related to the activities of the department
 * drafting job descriptions of the employees of the department
 * ensuring a uniform interpretation and application of standards in the area of municipality with links to other state agencies, judiciary, organisations and businesses
 </t>
   </si>
   <si>
     <t>* zarządzanie działaniami działu
 * wytyczne metodyczne i koordynowanie prac zarządzanego działu
 * kompleksowa kontrola nad pracami w dziale
 * współpraca z kierownikami innych działów
@@ -10266,50 +10128,56 @@
 * Ustanawia i śledzi kluczowe wskaźniki wydajności (KPI) związane z rozwojem produktu przy użyciu spostrzeżeń opartych na danych w celu ciągłego doskonalenia procesów i wyników.</t>
   </si>
   <si>
     <t>Head of the Legal Department</t>
   </si>
   <si>
     <t>Dyrektor departamentu prawnego</t>
   </si>
   <si>
     <t>* Managing, leading, motivating and evaluating subordinate staff.
 * Providing legal support, analyses and consulting to the company management.
 * Drafting, commenting and editing contracts.
 * Monitoring legislative changes at the national and European levels.
 * Cooperating with state authorities.
 * Representing the company in litigation and administrative proceedings.</t>
   </si>
   <si>
     <t>* Zarządzanie, kierowanie, motywowanie i ocena podległego personelu.
 * Świadczenie wsparcia prawnego, analiz i konsultacji dla zarządu firmy.
 * Przygotowywanie, komentowanie i redagowanie umów.
 * Monitorowanie zmian legislacyjnych na poziomie krajowym i europejskim.
 * Współpraca z organami państwowymi.
 * Reprezentowanie firmy w postępowaniach sądowych i administracyjnych.</t>
   </si>
   <si>
+    <t>Head of Vehicle Technical Inspection</t>
+  </si>
+  <si>
+    <t>Szef dozoru technicznego pojazdów</t>
+  </si>
+  <si>
     <t>Hotel manager</t>
   </si>
   <si>
     <t>Dyrektor/kierownik hotelu</t>
   </si>
   <si>
     <t>* Managing a hotel, a group of hotels
 * Overseeing all departments, plants and resorts
 * Responsibility for preparation and execution of the business plan, the investment and financial plan of the hotel
 * Responsibility for the readiness of the hotel to provide services
 * Responsibility for securing sufficient number of qualified employees
 * Participation in the choice of and approving new employees, making decisions about termination of employment
 * Overseeing the operation of the hotel, checking daily reports and monthly statements of operation
 * Securing PR of the hotel
 * Overseeing satisfaction of the guests and the quality of provided services
 * Taking part in exhibitions, meetings, workshops.
 * Cooperating in creating business strategies and putting them into practice</t>
   </si>
   <si>
     <t>* Zarządzanie hotelem lub grupą hoteli
 * Nadzór nad wszystkimi działami, obiektami i ośrodkami wypoczynkowymi
 * Odpowiedzialność za przygotowanie i realizację planu biznesowego, inwestycyjnego oraz finansowego hotelu
 * Odpowiedzialność za gotowość hotelu do świadczenia usług
 * Odpowiedzialność za zapewnienie odpowiedniej liczby wykwalifikowanych pracowników
 * Udział w wyborze i zatwierdzaniu nowych pracowników, podejmowanie decyzji o rozwiązaniu umów o pracę
@@ -10430,50 +10298,74 @@
 * Opracowywanie planów napraw i konserwacji różnych urządzeń oraz wykorzystania części zamiennych.
 * Wprowadzanie wymagań zakupowych dotyczących części zamiennych, narzędzi itp.
 * Zapewnianie i nadzorowanie konserwacji wykonywanej przez dostawcę.
 * Zapewnianie usuwania wykrytych usterek po przeglądach.
 * Zapewnianie instalacji linii produkcyjnych zgodnie z harmonogramem produkcji i instrukcjami dotyczącymi technicznego przygotowania produkcji.
 * Odpowiedzialność za ekonomiczne wykorzystanie materiałów, energii, narzędzi i środków ochrony osobistej. Zapobieganie nieuprawnionemu użyciu.</t>
   </si>
   <si>
     <t>Marketing Manager</t>
   </si>
   <si>
     <t>Dyrektor/kierownik marketingu</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
   </si>
   <si>
     <t>* Opracowywanie</t>
+  </si>
+  <si>
+    <t>Online Casino Manager</t>
+  </si>
+  <si>
+    <t>Menedżer kasyna online</t>
+  </si>
+  <si>
+    <t>Managing online casino operations and product performance.
+Coordinating teams (support, risk, marketing, tech).
+Optimizing player offerings and promotional campaigns.
+Monitoring KPIs, game performance, and player behavior.
+Handling risk situations and compliance requirements.
+Overseeing security, AML, and responsible gaming.
+Proposing improvements to products and user experience.</t>
+  </si>
+  <si>
+    <t>Zarządzanie operacjami kasyna online i wydajnością produktów.
+Koordynowanie zespołów (support, risk, marketing, techniczny).
+Optymalizacja oferty dla graczy i kampanii promocyjnych.
+Monitorowanie KPI, wyników gier i zachowań graczy.
+Rozwiązywanie sytuacji ryzykownych i wymagań compliance.
+Nadzór nad bezpieczeństwem, AML i odpowiedzialną grą.
+Proponowanie ulepszeń produktów i doświadczenia użytkowników.</t>
   </si>
   <si>
     <t>Postmaster</t>
   </si>
   <si>
     <t>Naczelnik poczty</t>
   </si>
   <si>
     <t>* Managing, supervising and organising activities within the post office.
 * Monitoring the stock level of operational material, forms and goods in storage, ordering and allocation of material to employees.
 * Addressing and eliminating the problems, failures and shortcomings.
 * Performing administrative tasks associated with the position of post office manager.</t>
   </si>
   <si>
     <t>* Zarządzanie, nadzorowanie i organizowanie działań w obrębie urzędu pocztowego.
 * Monitorowanie poziomu zapasów materiałów eksploatacyjnych, formularzy i towarów w magazynie, zamawianie i przydzielanie materiałów pracownikom.
 * Rozwiązywanie i eliminowanie problemów, awarii oraz niedociągnięć.
 * Wykonywanie zadań administracyjnych związanych ze stanowiskiem kierownika urzędu pocztowego.</t>
   </si>
   <si>
     <t>Process Manager</t>
   </si>
   <si>
     <t>Kierownik ds. procesów</t>
   </si>
@@ -10515,50 +10407,56 @@
   <si>
     <t>* Strategy and Vision: Develop and communicate a clear product vision and strategy to the development team, stakeholders, and senior management.
 * Product Backlog Management: Create, prioritize, and manage the product backlog, ensuring that it is well-groomed, refined, and ready for development.
 * Requirement Gathering: Collaborate with stakeholders, customers, and users to understand their needs and gather requirements, translating them into clear user stories and acceptance criteria.
 * Agile Planning and Execution: Participate in agile ceremonies such as sprint planning, backlog grooming, and daily stand-ups, ensuring that the team is working efficiently and delivering value in each sprint.
 * Release Management: Coordinate and manage the release process, ensuring that product increments are delivered on time and meet quality standards.
 * Cross-functional Collaboration: Work closely with development teams, UX/UI designers, quality assurance, and other stakeholders to define and deliver high-quality products that align with business objectives.
 * Stakeholder Management: Engage and manage relationships with internal and external stakeholders, addressing their concerns, gathering feedback, and keeping them informed about the product's progress.
 * Product Documentation: Create and maintain product documentation, including user guides, release notes, and other relevant materials to support the product's adoption and usage.
 * Market and Competitive Analysis: Conduct market research and competitive analysis to identify trends, opportunities, and potential product enhancements that can give the organization a competitive edge.
 * Continuous Improvement: Actively seek feedback from users and stakeholders, monitor product performance and metrics, and identify areas for improvement, driving continuous product enhancements and optimization.</t>
   </si>
   <si>
     <t>* Strategia i wizja: opracuj i przekaż jasną wizję produktu i strategię zespołowi programistów, interesariuszom i kierownictwu wyższego szczebla.
 * Zarządzanie rejestrem produktu: Twórz, ustalaj priorytety i zarządzaj rejestrem produktu, upewniając się, że jest on zadbany, dopracowany i gotowy do rozwoju.
 * Zbieranie wymagań: Współpracuj z interesariuszami, klientami i użytkownikami, aby zrozumieć ich potrzeby i zebrać wymagania, przekształcając je w jasne historie użytkowników i kryteria akceptacji.
 * Zwinne planowanie i realizacja: Weź udział w zwinnych ceremoniach, takich jak planowanie sprintu, usuwanie zaległości i codzienne stand-upy, upewniając się, że zespół pracuje wydajnie i dostarcza wartość w każdym sprincie.
 * Zarządzanie wydaniami: Koordynuj proces wydania i zarządzaj nim, upewniając się, że przyrosty produktu są dostarczane na czas i spełniają standardy jakości.
 * Współpraca międzyfunkcyjna: Ściśle współpracuj z zespołami programistów, projektantami UX/UI, zapewnianiem jakości i innymi interesariuszami, aby definiować i dostarczać produkty wysokiej jakości, które są zgodne z celami biznesowymi.
 * Zarządzanie interesariuszami: angażuj i zarządzaj relacjami z wewnętrznymi i zewnętrznymi interesariuszami, rozwiązując ich problemy, zbierając informacje zwrotne i informując ich o postępach w rozwoju produktu.
 * Dokumentacja produktu: Twórz i utrzymuj dokumentację produktu, w tym podręczniki użytkownika, informacje o wersji i inne odpowiednie materiały wspierające przyjęcie i użytkowanie produktu.
 * Analiza rynku i konkurencji: Przeprowadzaj badania rynku i analizy konkurencji, aby zidentyfikować trendy, możliwości i potencjalne ulepszenia produktów, które mogą zapewnić organizacji przewagę konkurencyjną.
 * Ciągłe doskonalenie: aktywnie zbieraj informacje zwrotne od użytkowników i interesariuszy, monitoruj wydajność i wskaźniki produktu oraz identyfikuj obszary wymagające ulepszeń, napędzając ciągłe ulepszanie i optymalizację produktu.</t>
   </si>
   <si>
+    <t>Production Manager</t>
+  </si>
+  <si>
+    <t>Dyrektor/kierownik produkcji</t>
+  </si>
+  <si>
     <t>* Planning, managing and coordinating the existing production, production processes and capacities.
 * Responsibility for creating production plans, budgets and production analysis.
 * Implementing improvements and optimising resource utilisation.
 * Coordinating, managing, assessing and motivating the production team.
 * Checking team performance and other indicators.
 * Monitoring production efficiency, securing technical support for production.
 * Technical change management, implementing new technologies and procedures to increase competitiveness.
 * Responsibility for following safety standards and quality standards, e.g. ISO 9001 and ISO 14001.
 * 
 * Co-operation with other departments in the company.</t>
   </si>
   <si>
     <t>* Planowanie, zarządzanie i koordynowanie istniejącej produkcji, procesów produkcyjnych i mocy produkcyjnych.
 * Odpowiedzialność za tworzenie planów produkcji, budżetów i analiz produkcyjnych.
 * Wdrażanie usprawnień i optymalizacja wykorzystania zasobów.
 * Koordynowanie, zarządzanie, ocena i motywowanie zespołu produkcyjnego.
 * Sprawdzanie wydajności zespołu i innych wskaźników.
 * Monitorowanie efektywności produkcji, zapewnianie wsparcia technicznego dla produkcji.
 * Zarządzanie zmianami technicznymi, wdrażanie nowych technologii i procedur w celu zwiększenia konkurencyjności.
 * Odpowiedzialność za przestrzeganie standardów bezpieczeństwa i jakości, np. ISO 9001 i ISO 14001.
 * Współpraca z innymi działami w firmie.</t>
   </si>
   <si>
     <t>Production Supervisor</t>
   </si>
@@ -10666,50 +10564,74 @@
     <t>Menadżer restauracji</t>
   </si>
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
   </si>
   <si>
     <t>* Nadzorowanie codziennych operacji w restauracji w celu zapewnienia wysokiego standardu usług i zadowolenia gości.
 * Zarządzanie rekrutacją, szkoleniami i ocenami pracowników w celu budowania kompetentnego zespołu.
 * Opracowywanie i wdrażanie skutecznych strategii marketingowych w celu promocji restauracji i zwiększenia zaangażowania klientów.
 * Monitorowanie wyników finansowych, w tym budżetowanie, prognozowanie i kontrola kosztów w celu maksymalizacji rentowności.
 * Zapewnianie zgodności z przepisami dotyczącymi zdrowia i bezpieczeństwa oraz utrzymywanie standardów czystości i higieny.
 * Współpraca z personelem kuchennym w celu tworzenia i aktualizacji menu zgodnie z preferencjami klientów i sezonową dostępnością produktów.
 * Obsługa zapytań, skarg i opinii klientów w celu poprawy doświadczeń gastronomicznych i budowania lojalności.
 * Utrzymywanie relacji z dostawcami i dostawcami w celu zapewnienia terminowej dostawy produktów wysokiej jakości.
 * Analizowanie trendów rynkowych i działań konkurencji w celu identyfikacji możliwości rozwoju i poprawy.
 * Planowanie i organizowanie specjalnych wydarzeń i promocji w celu przyciągnięcia nowych klientów i utrzymania obecnych.</t>
+  </si>
+  <si>
+    <t>Retail Betting Operations Manager</t>
+  </si>
+  <si>
+    <t>Menedżer sieci punktów bukmacherskich</t>
+  </si>
+  <si>
+    <t>Managing the network of retail betting shops.
+Responsible for performance, revenue, and operational management.
+Organizing staff schedules and employee training.
+Ensuring compliance with legislation and internal policies.
+Handling complaints and customer‑related situations.
+Optimizing processes and operational costs.
+Collaborating with headquarters and marketing.</t>
+  </si>
+  <si>
+    <t>Zarządzanie siecią stacjonarnych punktów przyjmowania zakładów.
+Odpowiedzialność za wyniki, przychody i operacje.
+Organizacja grafików i szkoleń pracowników.
+Kontrola zgodności z przepisami i zasadami wewnętrznymi.
+Rozwiązywanie skarg i sytuacji klientów.
+Optymalizacja procesów i kosztów.
+Współpraca z centralą i marketingiem.</t>
   </si>
   <si>
     <t>Returns Department Manager</t>
   </si>
   <si>
     <t>Kierownik departamentu zwrotów</t>
   </si>
   <si>
     <t>* Managing and controlling employees at the complaints department.
 * Handling difficult customer complaints to their general satisfaction.
 * Preparation of documents for a possible attempt at conciliation and litigation with customers or suppliers.
 * Analysing the causes of difficult complaints.
 * Proposing appropriate measures to avoid complaints.</t>
   </si>
   <si>
     <t>* Zarządzanie i nadzór nad pracownikami działu reklamacji.
 * Rozwiązywanie skomplikowanych reklamacji klientów, zapewniając ich ogólne zadowolenie.
 * Przygotowywanie dokumentów na potrzeby ewentualnych prób mediacji oraz postępowań sądowych z klientami lub dostawcami.
 * Analizowanie przyczyn skomplikowanych reklamacji.
 * Proponowanie odpowiednich środków zapobiegających powstawaniu reklamacji.</t>
   </si>
   <si>
     <t>* Identyfikacja ryzyk związanych z działalnością firmy.
 * Opracowanie strategii zarządzania ryzykiem.
 * Ustalenie metodologii i procesów ukierunkowanych na kontrolę i zarządzanie ryzykiem.
@@ -11109,84 +11031,50 @@
     <t>* Pisanie i redagowanie szerokiego zakresu artykułów korporacyjnych, dokumentów, przemówień, biuletynów itp.
 * Udział w opracowywaniu i wdrażaniu strategii komunikacji wewnętrznej.
 * Doradztwo w zakresie przyjmowania i wykorzystywania kultury komunikacji wewnętrznej.
 * Aktualizacja strony internetowej firmy i intranetu.
 * Ocena skuteczności komunikacji.</t>
   </si>
   <si>
     <t>Marketing Analyst</t>
   </si>
   <si>
     <t>Analityk marketingowy</t>
   </si>
   <si>
     <t>* Collecting opinions, attitudes and preferences of consumers using targeted questionnaires, telephone surveys, etc.
 * Processing acquired data and its interpretation in the form of written analyses.
 * Proposing recommendations regarding products and/or services, their distribution and prices.
 * Cooperating with research agencies and the management of the company.</t>
   </si>
   <si>
     <t>* Zbieranie opinii, postaw i preferencji konsumentów przy użyciu ukierunkowanych ankiet, badań telefonicznych itp.
 * Przetwarzanie pozyskanych danych i ich interpretacja w formie pisemnych analiz.
 * Proponowanie rekomendacji dotyczących produktów i/lub usług, ich dystrybucji oraz cen.
 * Współpraca z agencjami badawczymi oraz zarządem firmy.</t>
   </si>
   <si>
-    <t>Marketing assistant</t>
-[...32 lines deleted...]
-  <si>
     <t>Marketing Officer</t>
   </si>
   <si>
     <t>Pracownik Marketingu</t>
   </si>
   <si>
     <t>* Monitoring the market and activities of competitors.
 * Organising and coordinating support marketing activities, exhibitions etc.
 * Analysing and evaluating the success of marketing activities.
 * Developing and streamlining of marketing activities.
 * Participating in launching new products.
 * Communicating with suppliers providing services.</t>
   </si>
   <si>
     <t>* Monitorowanie rynku i działań konkurencji.
 * Organizowanie i koordynowanie wspierających działań marketingowych, wystaw itp.
 * Analizowanie i ocena skuteczności działań marketingowych.
 * Rozwijanie i usprawnianie działań marketingowych.
 * Udział w wprowadzaniu nowych produktów.
 * Komunikacja z dostawcami usług.</t>
   </si>
   <si>
     <t>Marketing Specialist</t>
   </si>
   <si>
@@ -11267,60 +11155,50 @@
   <si>
     <t>PR Manager</t>
   </si>
   <si>
     <t>Kierownik PR</t>
   </si>
   <si>
     <t>* Responsibility for the internal and external communications of the company, maintaining good relations with media representatives and general public.
 * Drawing up and implementing the communication strategy of the company.
 * Preparing promotional articles, press releases, speeches and official responses to the questions posed by media representatives.
 * Monitoring the materials published in mass media, completing the media analyses.
 * Communicating with the representatives of the media, organising press conferences and similar media events.
 * Building and updating a database of contacts for media representatives.
 * Preparing proposals for sponsorship activities.
 * Coordinating the activities of subordinate employees.</t>
   </si>
   <si>
     <t>* Odpowiedzialność za komunikację wewnętrzną i zewnętrzną firmy, utrzymywanie dobrych relacji z przedstawicielami mediów oraz ogółem społeczeństwa.
 * Opracowywanie i wdrażanie strategii komunikacyjnej firmy.
 * Przygotowywanie artykułów promocyjnych, komunikatów prasowych, przemówień oraz oficjalnych odpowiedzi na pytania zadawane przez przedstawicieli mediów.
 * Monitorowanie materiałów publikowanych w mediach masowych, sporządzanie analiz medialnych.
 * Komunikowanie się z przedstawicielami mediów, organizowanie konferencji prasowych oraz podobnych wydarzeń medialnych.
 * Tworzenie i aktualizacja bazy danych kontaktów do przedstawicieli mediów.
 * Przygotowywanie propozycji działań sponsoringowych.
 * Koordynowanie działań podległych pracowników.</t>
-  </si>
-[...8 lines deleted...]
-* Reprezentowanie firmy podczas spotkań z partnerami biznesowymi oraz innymi podmiotami.</t>
   </si>
   <si>
     <t>* Presenting products with a view to promote sales.
 * Ensuring food product tasting.
 * Informing customers about the qualities and advantages of the presented products.
 * Handing out promotional items when purchasing a specified number of products.</t>
   </si>
   <si>
     <t>* Prezentowanie produktów w celu promocji sprzedaży.
 * Zapewnianie degustacji produktów spożywczych.
 * Informowanie klientów o cechach i zaletach prezentowanych produktów.
 * Rozdawanie materiałów promocyjnych przy zakupie określonej liczby produktów.</t>
   </si>
   <si>
     <t>SEO analyst</t>
   </si>
   <si>
     <t>Analityk SEO</t>
   </si>
   <si>
     <t>* Execute search keyword discovery and expansion.
 * Perform SEO page audits.
 * Perform external back link analysis and provide recommendations.
 * Perform internal link optimization.
 * Perform SEO technical analysis and evaluation.
@@ -11522,74 +11400,50 @@
   <si>
     <t>Machine Fitter</t>
   </si>
   <si>
     <t>Nastawiacz maszyn</t>
   </si>
   <si>
     <t>* Using technical documents.
 * Processing sketches to complement the technological process of locksmithing.
 * Manual processing of machine components by filing, sawing, cutting, evening, bending, drilling and reaming.
 * Assembling parts of machinery and equipment.
 * Diagnosing and troubleshooting machine malfunctions.
 * Scraping, grinding, balancing, adjusting, connecting with bolts and rivets, soldering and welding machine parts.
 * Assembling machinery and equipment.</t>
   </si>
   <si>
     <t>* Korzystanie z dokumentacji technicznej.
 * Przetwarzanie szkiców w celu uzupełnienia procesu technologicznego ślusarstwa.
 * Ręczna obróbka elementów maszyn poprzez piłowanie, cięcie, wyrównywanie, gięcie, wiercenie i rozwiercanie.
 * Montaż części maszyn i urządzeń.
 * Diagnozowanie i usuwanie usterek maszyn.
 * Skrobanie, szlifowanie, wyważanie, regulowanie, łączenie za pomocą śrub i nitów, lutowanie i spawanie części maszyn.
 * Montaż maszyn i urządzeń.</t>
   </si>
   <si>
-    <t>* Operating and monitoring machinery and equipment to ensure efficient production processes.
-[...22 lines deleted...]
-  <si>
     <t>* Operating construction machines and mechanisms.
 * Performing construction work according to master builder’s instructions.
 * Checking the technical condition of entrusted construction machines and mechanisms.
 * Performing simple repairs and maintenance activities on entrusted construction machines and mechanisms.
 * Fuelling entrusted construction machines and mechanisms.</t>
   </si>
   <si>
     <t>* Obsługa maszyn i mechanizmów budowlanych.
 * Wykonywanie prac budowlanych zgodnie z instrukcjami kierownika budowy.
 * Sprawdzanie stanu technicznego powierzonych maszyn i mechanizmów budowlanych.
 * Wykonywanie prostych napraw i czynności konserwacyjnych na powierzonych maszynach i mechanizmach budowlanych.
 * Tankowanie powierzonych maszyn i mechanizmów budowlanych.</t>
   </si>
   <si>
     <t>* Wykonywanie prac konserwacyjnych i zapobiegawczych maszyn i urządzeń.
 * Zarządzanie, koordynowanie, motywowanie i ocena podwładnych pracowników.
 * Opracowywanie i aktualizowanie planów konserwacji.
 * Identyfikowanie zużytych części.
 * Zamawianie części zamiennych.
 * Analizowanie przyczyn przestojów i podejmowanie działań w celu ich eliminacji.
 * Monitorowanie i kontrolowanie kosztów konserwacji.
 * Komunikowanie się z mistrzami zmian, inżynierami procesowymi oraz dostawcami maszyn i urządzeń.</t>
   </si>
   <si>
     <t>Mechanical Design Engineer – Automation</t>
@@ -11702,110 +11556,50 @@
 * Rozwiązywanie problemów i usuwanie usterek pojawiających się podczas procesu produkcyjnego.
 * Prowadzenie szczegółowej dokumentacji działań produkcyjnych, w tym zużytych materiałów i czasu poświęconego na każde zadanie.
 * Udział w programach szkoleniowych i rozwojowych w celu doskonalenia umiejętności i wiedzy w zakresie technik i technologii obróbki metalu.</t>
   </si>
   <si>
     <t>Milling-Machine Operator</t>
   </si>
   <si>
     <t>Operator frezarki</t>
   </si>
   <si>
     <t>* Reading drawings.
 * Setting up the cutter.
 * Processing semifinished products using a cutter with an emphasis placed on maintaining the desired shape, dimensions and tolerances.
 * Simple surface finish treatment of semifinished products.
 * Carrying out the simple repairs and maintenance of machinery and equipment.</t>
   </si>
   <si>
     <t>* Czytanie rysunków technicznych.
 * Ustawianie frezarki.
 * Obróbka półwyrobów przy użyciu frezarki z naciskiem na zachowanie pożądanego kształtu, wymiarów i tolerancji.
 * Prosta obróbka wykończeniowa powierzchni półwyrobów.
 * Wykonywanie prostych napraw i konserwacji maszyn i urządzeń.</t>
   </si>
   <si>
-    <t>Operations Supervisor</t>
-[...58 lines deleted...]
-  <si>
     <t>Production Planner</t>
   </si>
   <si>
     <t>Planista produkcji</t>
   </si>
   <si>
     <t>* Develop and maintain production schedules to ensure timely delivery of products.
 * Collaborate with various departments, including procurement, manufacturing, and logistics, to align production plans with company goals.
 * Analyze production data to identify trends, forecast demand, and optimize resource allocation.
 * Monitor inventory levels and coordinate with suppliers to ensure the availability of materials.
 * Adjust production schedules in response to changes in demand, supply chain disruptions, or equipment failures.
 * Communicate regularly with team members to provide updates on production status and address any potential issues.
 * Implement continuous improvement initiatives to enhance production efficiency and reduce costs.
 * Prepare reports on production performance, inventory levels, and capacity utilization for management review.
 * Ensure compliance with safety and quality standards throughout the production process.
 * Participate in cross-functional meetings to support strategic planning and operational excellence.</t>
   </si>
   <si>
     <t>* Opracowywanie i utrzymywanie harmonogramów produkcji w celu zapewnienia terminowej dostawy produktów.
 * Współpraca z różnymi działami, w tym zaopatrzeniem, produkcją i logistyką, w celu dostosowania planów produkcji do celów firmy.
 * Analiza danych produkcyjnych w celu identyfikacji trendów, prognozowania popytu i optymalizacji alokacji zasobów.
 * Monitorowanie poziomów zapasów i koordynacja z dostawcami w celu zapewnienia dostępności materiałów.
 * Dostosowywanie harmonogramów produkcji w odpowiedzi na zmiany popytu, zakłócenia w łańcuchu dostaw lub awarie sprzętu.
 * Regularna komunikacja z członkami zespołu w celu przekazywania aktualizacji na temat stanu produkcji i rozwiązywania ewentualnych problemów.
 * Wdrażanie inicjatyw ciągłego doskonalenia w celu zwiększenia efektywności produkcji i redukcji kosztów.
@@ -11855,80 +11649,82 @@
 * Cooling the finished product in water.
 * Fabricating horseshoes, shoeing horses.</t>
   </si>
   <si>
     <t>* Wytwarzanie artystycznych, rzemieślniczych i komercyjnych produktów codziennego użytku z żelaza, stali, miedzi i innych metali.
 * Nagrzewanie stali i żelaza w kuźniczym piecu do pożądanej temperatury.
 * Kształtowanie żelaza i stali za pomocą narzędzi ręcznych i maszyn.
 * Chłodzenie gotowego produktu w wodzie.
 * Wytwarzanie podków, podkuwanie koni.</t>
   </si>
   <si>
     <t>* Making machines, machinery and appliances operational in engineering production.
 * Analysing faults in order to identify the reasons why they originated.
 * Performing repairs of machines, machinery and appliances by replacing faulty components with new ones, or by modifying software.
 * Managing and checking technical documentation and keeping it up to date.
 * Ensuring technical support of processes and products in engineering production.</t>
   </si>
   <si>
     <t>* Uruchamianie maszyn, urządzeń i sprzętu w produkcji inżynieryjnej.
 * Analizowanie usterek w celu zidentyfikowania przyczyn ich powstania.
 * Wykonywanie napraw maszyn, urządzeń i sprzętu poprzez wymianę uszkodzonych komponentów na nowe lub modyfikowanie oprogramowania.
 * Zarządzanie i sprawdzanie dokumentacji technicznej oraz jej aktualizowanie.
 * Zapewnianie wsparcia technicznego dla procesów i produktów w produkcji inżynieryjnej.</t>
   </si>
   <si>
-    <t>* Preparing surfaces for varnishing by cleaning, sanding, and priming as necessary.
-[...22 lines deleted...]
-  <si>
     <t>* Spawanie metali, tworzyw sztucznych i polimerów zgodnie z dokumentacją techniczną.
 * Określanie odpowiednich metod spawania i procedur pracy.
 * Używanie narzędzi i przyrządów do spawania, odpowiedzialność za prawidłowe ustawienia i użytkowanie.
 * Czyszczenie, polerowanie i inne prace wykończeniowe spoin.
 * Kontrolowanie jakości spoin za pomocą serii testów.
 * Dbanie o utrzymanie sprzętu technicznego w stanie sprawności operacyjnej.</t>
+  </si>
+  <si>
+    <t>Welding technologist</t>
+  </si>
+  <si>
+    <t>Technolog spawalnictwa</t>
+  </si>
+  <si>
+    <t>Creating welding procedure specifications (WPS).
+Setting welding parameters for various materials.
+Inspecting weld quality and ensuring compliance with procedures.
+Responsibility for certification of welding processes and welders.
+Implementing new welding technologies and tools.
+Cooperating with production to resolve deviations.
+Analyzing weld defects and proposing corrective actions.
+Reviewing documentation and performing audit activities.</t>
+  </si>
+  <si>
+    <t>Tworzenie technologicznych instrukcji spawania (WPS).
+Ustawianie parametrów spawania dla różnych materiałów.
+Kontrola jakości spoin i przestrzegania procedur.
+Odpowiedzialność za certyfikację procesów spawalniczych i spawaczy.
+Wdrażanie nowych technologii i narzędzi spawalniczych.
+Współpraca z produkcją przy rozwiązywaniu odchyleń.
+Analiza wad spoin oraz proponowanie działań korygujących.
+Kontrola dokumentacji i działania auditowe.</t>
   </si>
   <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
     <t>Medycyna i opieka społeczna</t>
   </si>
   <si>
     <t>Ambulance Driver</t>
   </si>
   <si>
     <t>Kierowca karetki pogotowia ratunkowego</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
 * Accompanying and assisting emergency medical technicians on calls. 
 * Earning and maintaining appropriate certifications. 
 * Replacing supplies and disposable items on ambulances. 
 * Reporting facts concerning accidents or emergencies to hospital personnel or law enforcement officials. 
 * Administering first aid such as bandaging, splinting, and administering oxygen. 
 * Restraining or shackling violent patients.</t>
   </si>
   <si>
@@ -12297,74 +12093,126 @@
   <si>
     <t>* Assisting experienced doctors in diagnosing and treating patients under supervision.
 * Participating in patient consultations and examinations to gain practical experience.
 * Conducting medical research and literature reviews to support clinical decision-making.
 * Attending medical training sessions, workshops, and seminars to enhance knowledge and skills.
 * Documenting patient histories, symptoms, and treatment plans in medical records.
 * Collaborating with healthcare teams to ensure comprehensive patient care.
 * Learning to perform basic medical procedures and techniques in a clinical setting.
 * Observing and adhering to medical ethics and patient confidentiality regulations.
 * Engaging in continuous professional development and staying updated on medical advancements.
 * Providing support in administrative tasks related to patient care and clinic operations.</t>
   </si>
   <si>
     <t>* Asystowanie doświadczonym lekarzom w diagnozowaniu i leczeniu pacjentów pod nadzorem.
 * Uczestniczenie w konsultacjach i badaniach pacjentów w celu zdobycia praktycznego doświadczenia.
 * Prowadzenie badań medycznych i przeglądów literatury w celu wspierania podejmowania decyzji klinicznych.
 * Uczestniczenie w szkoleniach medycznych, warsztatach i seminariach w celu poszerzenia wiedzy i umiejętności.
 * Dokumentowanie historii pacjentów, objawów i planów leczenia w dokumentacji medycznej.
 * Współpraca z zespołami opieki zdrowotnej w celu zapewnienia kompleksowej opieki nad pacjentami.
 * Nauka wykonywania podstawowych procedur i technik medycznych w warunkach klinicznych.
 * Przestrzeganie zasad etyki medycznej i przepisów dotyczących poufności pacjentów.
 * Angażowanie się w ciągły rozwój zawodowy i bycie na bieżąco z postępami w medycynie.
 * Wsparcie w zadaniach administracyjnych związanych z opieką nad pacjentami i funkcjonowaniem kliniki.</t>
   </si>
   <si>
+    <t>Gynecologist</t>
+  </si>
+  <si>
+    <t>Ginekolog</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of gynecological conditions.
+Pregnancy management and prenatal care.
+Preventive gynecological examinations.
+Performing minor gynecological procedures.
+Consultations regarding contraception and reproductive health.
+Evaluating ultrasound and laboratory test results.
+Postoperative care for patients.
+Maintaining documentation and recommending further examinations.</t>
+  </si>
+  <si>
+    <t>Diagnostyka i leczenie chorób ginekologicznych.
+Prowadzenie ciąży i opieka prenatalna.
+Profilaktyczne badania ginekologiczne.
+Wykonywanie drobnych zabiegów ginekologicznych.
+Konsultacje w zakresie antykoncepcji i zdrowia reprodukcyjnego.
+Ocena wyników USG i badań laboratoryjnych.
+Opieka nad pacjentkami po operacjach.
+Prowadzenie dokumentacji i kierowanie na dalsze badania.</t>
+  </si>
+  <si>
     <t>Health Care Assistant</t>
   </si>
   <si>
     <t>Asystent ds. opieki zdrowotnej</t>
   </si>
   <si>
     <t>* Providing basic nursing care under the guidance of a nurse.
 * Administering and applying medicines, poultices, wraps, enemas, warm and cold procedures, healing sitz baths, etc.
 * Serving food and drinks to patients, monitoring the state of their body fluids.
 * Measurement and monitoring of patients' vital signs.
 * Taking samples of biological material for biochemical analysis.
 * Exchange of used and soiled bed linen.
 * Work with the information system of the medical facility.
 * Recording of performed performances in documentation, reporting of activities for the needs of health insurance companies and statistics.</t>
   </si>
   <si>
     <t>* Świadczenie podstawowej opieki pielęgniarskiej pod nadzorem pielęgniarki.
 * Podawanie i aplikowanie leków, okładów, opatrunków, lewatyw, zabiegów ciepłoleczniczych i zimnoleczniczych, leczniczych nasiadówek itp.
 * Podawanie posiłków i napojów pacjentom, monitorowanie stanu ich płynów ustrojowych.
 * Pomiar i monitorowanie parametrów życiowych pacjentów.
 * Pobieranie próbek materiału biologicznego do analizy biochemicznej.
 * Wymiana zużytej i zabrudzonej pościeli.
 * Praca z systemem informatycznym placówki medycznej.
 * Dokumentowanie wykonanych czynności, raportowanie działań na potrzeby ubezpieczycieli zdrowotnych i statystyk.</t>
+  </si>
+  <si>
+    <t>Internist</t>
+  </si>
+  <si>
+    <t>Internista</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of diseases of internal organs.
+Comprehensive management of chronic conditions (diabetes, hypertension, etc.).
+Interpretation of laboratory and imaging tests.
+Adjusting pharmacotherapy and monitoring treatment effects.
+Preventive check‑ups and patient education.
+Consultations for other specialists and general practitioners.
+Inpatient care depending on the workplace setting.
+Maintaining medical documentation and deciding on further examinations.</t>
+  </si>
+  <si>
+    <t>Diagnostyka i leczenie chorób narządów wewnętrznych.
+Kompleksowe prowadzenie chorób przewlekłych (cukrzyca, nadciśnienie itp.).
+Interpretacja badań laboratoryjnych i obrazowych.
+Ustalanie farmakoterapii i monitorowanie efektów.
+Badania profilaktyczne i edukacja pacjentów.
+Konsultacje dla innych specjalistów i lekarzy rodzinnych.
+Opieka szpitalna zależnie od miejsca pracy.
+Prowadzenie dokumentacji i decyzje dotyczące dalszych badań.</t>
   </si>
   <si>
     <t>Masseur</t>
   </si>
   <si>
     <t>Masażysta</t>
   </si>
   <si>
     <t>* Performing simple massages focusing on muscles, tendons, ligaments, joints, spine, and neck.
 * Performing sports massage and different types of wraps.
 * Performing reflexology massage and manual lymphatic drainage under the guidance of a certified physical therapist.
 * Providing advice concerning different types of exercises.</t>
   </si>
   <si>
     <t>* Wykonywanie prostych masaży skupiających się na mięśniach, ścięgnach, więzadłach, stawach, kręgosłupie i szyi.
 * Wykonywanie masażu sportowego oraz różnych rodzajów okładów.
 * Wykonywanie masażu refleksologicznego i manualnego drenażu limfatycznego pod nadzorem certyfikowanego fizjoterapeuty.
 * Udzielanie porad dotyczących różnych rodzajów ćwiczeń.</t>
   </si>
   <si>
     <t>Medical Advisor</t>
   </si>
   <si>
     <t>Doradca medyczny</t>
   </si>
@@ -12557,50 +12405,76 @@
 * Assisting with daily routines such as meals, bathing, dressing, and bedtime.
 * Supporting children's emotional and social development through positive reinforcement and guidance.
 * Communicating effectively with parents regarding children's progress, behavior, and any concerns.
 * Maintaining a clean and organized environment, including tidying up play areas and children's rooms.
 * Administering basic first aid and medication as needed, following parents' instructions.
 * Collaborating with parents to establish and adhere to family routines and rules.
 * Adapting care techniques to meet the individual needs and preferences of each child.
 * Ensuring compliance with safety regulations and guidelines to protect children at all times.
 * Providing transportation for children to and from activities, school, or appointments as required.</t>
   </si>
   <si>
     <t>* Zapewnianie troskliwej i opiekuńczej opieki nad dziećmi w warunkach domowych.
 * Tworzenie bezpiecznego, stymulującego i angażującego środowiska dla rozwoju dziecka.
 * Planowanie i nadzorowanie aktywności dostosowanych do wieku, w tym gier edukacyjnych i wycieczek.
 * Pomoc w codziennych czynnościach, takich jak posiłki, kąpiel, ubieranie i usypianie.
 * Wspieranie emocjonalnego i społecznego rozwoju dzieci poprzez pozytywne wzmocnienie i wskazówki.
 * Skuteczna komunikacja z rodzicami dotycząca postępów, zachowania i wszelkich obaw związanych z dziećmi.
 * Utrzymywanie czystego i zorganizowanego środowiska, w tym sprzątanie obszarów zabaw i pokoi dziecięcych.
 * Stosowanie podstawowej pierwszej pomocy i leków zgodnie z instrukcjami rodziców.
 * Współpraca z rodzicami w celu ustalenia i przestrzegania rodzinnych rutyn i zasad.
 * Dostosowywanie technik opieki do indywidualnych potrzeb i preferencji każdego dziecka.
 * Zapewnianie zgodności z przepisami i wytycznymi bezpieczeństwa, aby chronić dzieci przez cały czas.
 * Zapewnianie transportu dzieci do i z zajęć, szkoły lub wizyt, zgodnie z potrzebami.</t>
   </si>
   <si>
+    <t>Neurologist</t>
+  </si>
+  <si>
+    <t>Neurolog</t>
+  </si>
+  <si>
+    <t>Diagnosis of disorders of the nervous system (brain, spinal cord, peripheral nerves).
+Performing neurological examinations.
+Ordering EMG, EEG, MRI, and other diagnostic tests.
+Treatment of acute and chronic neurological conditions.
+Long‑term follow‑up of patients with progressive diseases.
+Collaboration with rehabilitation and neurosurgery.
+Maintaining medical records.
+Educating patients and families on disease management.</t>
+  </si>
+  <si>
+    <t>Diagnostyka chorób układu nerwowego (mózg, rdzeń kręgowy, nerwy obwodowe).
+Przeprowadzanie badania neurologicznego.
+Zlecanie EMG, EEG, MR oraz innych badań.
+Leczenie ostrych i przewlekłych chorób neurologicznych.
+Długotrwałe monitorowanie pacjentów z chorobami postępującymi.
+Współpraca z rehabilitacją i neurochirurgią.
+Prowadzenie dokumentacji medycznej.
+Edukacja pacjentów i rodzin w zakresie zarządzania chorobą.</t>
+  </si>
+  <si>
     <t>Nurse</t>
   </si>
   <si>
     <t>Pielęgniarka</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations.
 * Measuring and monitoring patient vital signs and functions.
 * Administering injections and prescribed medications to patients.
 * Collecting samples of biological materials.
 * Ordering preventative check-ups and examinations for patients.
 * Administering health records and documentation.
 * Washing, disinfecting, and sterilising medical instruments and aids.
 * Providing first aid in an emergency.</t>
   </si>
   <si>
     <t>* Asystowanie podczas specjalistycznych procedur medycznych i badań.
 * Mierzenie i monitorowanie parametrów życiowych oraz funkcji pacjentów.
 * Podawanie zastrzyków i przepisanych leków pacjentom.
 * Pobieranie próbek materiałów biologicznych.
 * Zlecanie badań profilaktycznych i kontrolnych dla pacjentów.
 * Prowadzenie dokumentacji medycznej.
 * Mycie, dezynfekowanie i sterylizowanie narzędzi i sprzętu medycznego.
 * Udzielanie pierwszej pomocy w nagłych wypadkach.</t>
   </si>
@@ -12672,50 +12546,76 @@
 * Udzielanie porad dotyczących doboru soczewek kontaktowych, oprawek okularowych itp.</t>
   </si>
   <si>
     <t>Orthopedic Technician</t>
   </si>
   <si>
     <t>Technik ortopedyczny</t>
   </si>
   <si>
     <t>* Checking prosthetic products and semi-products.
 * Processing leather (rawhide) and lining materials manually and using machinery.
 * Making orthopaedic devices using machinery.
 * Joining orthopaedic materials by hand and machine sewing, riveting (solid bonding with metal components), etc.
 * Adjusting orthopaedic parts made from wood, leather, plastics, and other natural materials.
 * Making soft bandages and combined orthopaedic inserts.
 * Making orthopaedic shoes on the basis of prescriptions.</t>
   </si>
   <si>
     <t>* Kontrola produktów protetycznych i półproduktów.
 * Obróbka skóry (surowej) i materiałów podszewkowych ręcznie oraz przy użyciu maszyn.
 * Wytwarzanie urządzeń ortopedycznych przy użyciu maszyn.
 * Łączenie materiałów ortopedycznych poprzez ręczne i maszynowe szycie, nitowanie (trwałe łączenie z elementami metalowymi) itp.
 * Dopasowywanie części ortopedycznych wykonanych z drewna, skóry, tworzyw sztucznych i innych materiałów naturalnych.
 * Wytwarzanie miękkich opatrunków i kombinowanych wkładek ortopedycznych.
 * Wytwarzanie obuwia ortopedycznego na podstawie recept.</t>
+  </si>
+  <si>
+    <t>Pediatrician</t>
+  </si>
+  <si>
+    <t>Pediatra</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of illnesses in children from birth to adolescence.
+Preventive check‑ups and monitoring of child growth and development.
+Vaccination and management of vaccination records.
+Prescribing treatment and monitoring its effectiveness.
+Consulting with parents on children’s health and nutrition.
+Identifying developmental disorders and referring to specialists.
+Maintaining medical documentation.
+Cooperating with hospitals and specialists in comprehensive care.</t>
+  </si>
+  <si>
+    <t>Diagnostyka i leczenie chorób dzieci od urodzenia do wieku dojrzewania.
+Przeglądy profilaktyczne oraz monitorowanie wzrostu i rozwoju dziecka.
+Szczepienia i prowadzenie dokumentacji szczepień.
+Przepisywanie leczenia i kontrola jego skuteczności.
+Konsultacje z rodzicami na temat zdrowia i żywienia dzieci.
+Identyfikacja zaburzeń rozwojowych i kierowanie do specjalistów.
+Prowadzenie dokumentacji medycznej.
+Współpraca ze szpitalami i specjalistami przy kompleksowej opiece.</t>
   </si>
   <si>
     <t>Pharmaceutical Laboratory Technician</t>
   </si>
   <si>
     <t>Laborant farmaceutyczny</t>
   </si>
   <si>
     <t>* Preparing medications according to standard prescriptions.
 * Weighing substances used in the preparation of medications, without participating in the formulation process according to the physician's instructions.
 * Maintaining laboratory equipment and ensuring cleanliness.
 * Conducting various physical-chemical and biological analyses and measurements using laboratory apparatus.
 * Assisting in the preparation of production and overseeing technological phases in the manufacturing of pharmaceutical and cosmetic products.
 * Collaborating with pharmacists and other healthcare professionals to ensure accurate medication preparation.
 * Adhering to safety and quality standards in all laboratory and production processes.
 * Documenting and reporting any discrepancies or issues encountered during the preparation and analysis processes.
 * Participating in training and continuous education to stay updated on new pharmaceutical practices and technologies.
 * Supporting the research and development of new pharmaceutical formulations and products.</t>
   </si>
   <si>
     <t>* Przygotowywanie leków zgodnie ze standardowymi recepturami.
 * Ważenie substancji używanych w przygotowywaniu leków, bez udziału w procesie formułowania zgodnie z instrukcjami lekarza.
 * Konserwacja sprzętu laboratoryjnego i zapewnienie czystości.
 * Przeprowadzanie różnych analiz fizykochemicznych i biologicznych oraz pomiarów przy użyciu aparatury laboratoryjnej.
 * Asystowanie w przygotowaniu produkcji i nadzorowanie faz technologicznych w wytwarzaniu produktów farmaceutycznych i kosmetycznych.
@@ -12786,72 +12686,74 @@
   <si>
     <t>* Providing spiritual guidance and support to individuals and families within the community.
 * Leading religious services, including worship, sacraments, and ceremonies.
 * Offering counseling and emotional support to congregants during times of crisis and personal challenges.
 * Engaging in community outreach initiatives to promote social welfare and spiritual development.
 * Collaborating with other religious and community organizations to address social issues and provide assistance.
 * Conducting educational programs, such as Bible studies and religious education for all age groups.
 * Visiting the sick, elderly, and those in need to provide comfort and companionship.
 * Maintaining accurate records of church activities, membership, and financial contributions.
 * Upholding the values and teachings of the faith while fostering a welcoming environment for all.
 * Encouraging volunteerism and participation in church activities and community service projects.</t>
   </si>
   <si>
     <t>* Udzielanie duchowego przewodnictwa i wsparcia osobom i rodzinom w społeczności.
 * Prowadzenie nabożeństw, w tym kultu, sakramentów i ceremonii.
 * Oferowanie poradnictwa i wsparcia emocjonalnego członkom wspólnoty w czasie kryzysów i osobistych wyzwań.
 * Angażowanie się w inicjatywy społeczne mające na celu promowanie dobrobytu społecznego i rozwoju duchowego.
 * Współpraca z innymi organizacjami religijnymi i społecznymi w celu rozwiązywania problemów społecznych i świadczenia pomocy.
 * Prowadzenie programów edukacyjnych, takich jak studia biblijne i edukacja religijna dla wszystkich grup wiekowych.
 * Odwiedzanie chorych, starszych i potrzebujących, aby zapewnić im pocieszenie i towarzystwo.
 * Prowadzenie dokładnych zapisów dotyczących działalności kościoła, członkostwa i składek finansowych.
 * Podtrzymywanie wartości i nauk wiary, jednocześnie tworząc przyjazne środowisko dla wszystkich.
 * Zachęcanie do wolontariatu i udziału w aktywnościach kościelnych oraz projektach służby społecznej.</t>
   </si>
   <si>
-    <t>* Develop and implement effective marketing strategies for healthcare products and services.
-[...20 lines deleted...]
-* Śledzenie aktualnych wymogów regulacyjnych i standardów branżowych w celu zapewnienia zgodności we wszystkich działaniach marketingowych.</t>
+    <t>Psychiatrist</t>
+  </si>
+  <si>
+    <t>Psychiatra</t>
+  </si>
+  <si>
+    <t>Diagnosis of mental disorders.
+Prescribing psychopharmaceuticals and monitoring effectiveness.
+Crisis intervention and management of acute conditions.
+Long‑term care of patients with chronic psychiatric diagnoses.
+Collaboration with psychologists and therapists.
+Inpatient care depending on the workplace setting.
+Preparation of expert reports and medical assessments.
+Maintaining documentation and planning treatment.</t>
+  </si>
+  <si>
+    <t>Diagnostyka zaburzeń psychicznych.
+Przepisywanie leków psychotropowych i kontrola ich skuteczności.
+Interwencje kryzysowe i prowadzenie stanów ostrych.
+Długoterminowa opieka nad pacjentami z przewlekłymi diagnozami psychiatrycznymi.
+Współpraca z psychologami i terapeutami.
+Opieka stacjonarna zależnie od typu placówki.
+Opracowywanie opinii i ekspertyz specjalistycznych.
+Prowadzenie dokumentacji i planowanie leczenia.</t>
   </si>
   <si>
     <t>Public Health Administrator</t>
   </si>
   <si>
     <t>Administrator zdrowia publicznego</t>
   </si>
   <si>
     <t>* Performing expert activities in the area of primary prevention, protection, support, and strengthening of public health.
 * Performing state health supervision in the field of environment and working environment, occupational health, the creation and protection of healthy living and working conditions of children and youth, and on workplaces with ionising radiation.
 * Monitoring and statistical analysis of environmental factors and health characteristics.
 * Performing specialised tasks within the public health surveillance.
 * Performing activities in the area of health counselling and education.</t>
   </si>
   <si>
     <t>* Wykonywanie eksperckich działań w zakresie profilaktyki pierwotnej, ochrony, wsparcia i wzmacniania zdrowia publicznego.
 * Sprawowanie państwowego nadzoru sanitarnego w dziedzinie środowiska i środowiska pracy, zdrowia zawodowego, tworzenia i ochrony zdrowych warunków życia i pracy dzieci i młodzieży oraz na stanowiskach pracy z promieniowaniem jonizującym.
 * Monitorowanie i analiza statystyczna czynników środowiskowych i cech zdrowotnych.
 * Wykonywanie specjalistycznych zadań w ramach nadzoru nad zdrowiem publicznym.
 * Prowadzenie działań w zakresie poradnictwa i edukacji zdrowotnej.</t>
   </si>
   <si>
     <t>Radiographer</t>
   </si>
   <si>
@@ -12860,50 +12762,76 @@
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
     <t>* Wykonywanie badań diagnostycznych z wykorzystaniem sprzętu rentgenowskiego w celu wsparcia diagnozy i leczenia pacjentów.
 * Współpraca z lekarzami i pracownikami służby zdrowia w celu określenia odpowiednich technik i protokołów obrazowania.
 * Przygotowywanie pacjentów do procedur radiograficznych poprzez wyjaśnianie procesu, odpowiadanie na pytania i zapewnienie komfortu.
 * Prawidłowe ustawianie pacjentów w celu uzyskania wysokiej jakości obrazów przy jednoczesnym minimalizowaniu ekspozycji na promieniowanie.
 * Konserwacja i obsługa sprzętu radiograficznego, zapewnienie zgodności z normami bezpieczeństwa i jakości.
 * Analiza obrazów pod kątem jakości technicznej oraz wsparcie w interpretacji wyników.
 * Prowadzenie dokładnej dokumentacji medycznej pacjentów oraz rejestrowanie wykonanych procedur i uzyskanych wyników.
 * Zapewnienie czystości i porządku w dziale radiografii oraz w sprzęcie.
 * Śledzenie postępów w technologii i technikach radiograficznych poprzez ciągłe kształcenie i szkolenia.
 * Przestrzeganie wszystkich przepisów i wytycznych dotyczących bezpieczeństwa w celu zapewnienia bezpiecznego środowiska dla pacjentów i personelu.</t>
   </si>
   <si>
+    <t>Radiologist</t>
+  </si>
+  <si>
+    <t>Radiolog</t>
+  </si>
+  <si>
+    <t>Performing and evaluating imaging examinations (X‑ray, ultrasound, CT, MRI).
+Providing findings and diagnostic recommendations.
+Collaborating with clinical physicians during diagnostics.
+Supervising the technical quality of imaging procedures.
+Ensuring radiation protection and compliance with legislation.
+Documenting and archiving imaging material.
+Recommending additional examinations when needed.
+Consulting results with other specialists.</t>
+  </si>
+  <si>
+    <t>Wykonywanie i ocena badań obrazowych (RTG, USG, CT, MR).
+Opracowywanie opisów i zaleceń diagnostycznych.
+Współpraca z lekarzami klinicznymi w procesie diagnostycznym.
+Nadzór nad jakością techniczną badań.
+Zapewnienie ochrony radiologicznej i zgodności z przepisami.
+Dokumentowanie i archiwizacja materiału obrazowego.
+Rekomendowanie dodatkowych badań w razie potrzeby.
+Konsultowanie wyników z innymi specjalistami.</t>
+  </si>
+  <si>
     <t>Radiology Assistant</t>
   </si>
   <si>
     <t>Asystent radiologa</t>
   </si>
   <si>
     <t>* Independent specialised professional work during standard skiagraphic and skiascopic examinations.
 * Assisting with non-standard radiological operations using complex instrumentation.
 * Developing and processing of film material in the darkroom.
 * Performing CT and MR examinations and assisting in CT-guided intervention (biopsy and drainage).
 * Processing CT and MR image documentation and its recording on electronic media.
 * Informing the patient about the nature, preparation, duration, and potential risks of examination as well as the time of receiving the results.</t>
   </si>
   <si>
     <t>* Samodzielna, specjalistyczna praca podczas standardowych badań skiagrafii i skiaskopii.
 * Asystowanie przy niestandardowych operacjach radiologicznych z wykorzystaniem złożonej aparatury.
 * Wywoływanie i obróbka materiału filmowego w ciemni.
 * Wykonywanie badań CT i MR oraz asystowanie przy interwencjach pod kontrolą CT (biopsja i drenaż).
 * Przetwarzanie dokumentacji obrazowej z CT i MR oraz jej zapis na nośnikach elektronicznych.
 * Informowanie pacjenta o charakterze, przygotowaniu, czasie trwania i potencjalnych ryzykach badania, a także o terminie otrzymania wyników.</t>
   </si>
   <si>
     <t>Regulatory Affairs Manager</t>
   </si>
   <si>
@@ -12926,80 +12854,50 @@
   <si>
     <t>Regulatory Affairs Specialist</t>
   </si>
   <si>
     <t>Kierownik ds. regulacji</t>
   </si>
   <si>
     <t>* Preparing documents for product registration by the State Institute for Drug Control (SIDC).
 * Updating the registration database and archiving documentation.
 * Updating and reviewing registration documentation on the basis of comments.
 * Monitoring legislative changes at the national and European levels.
 * Ensuring compliance and implementation of the legislative requirements.
 * Checking product documentation, advertising materials, and texts.
 * Ensuring the preparation and evaluation of analyses.
 * Communicating with regulatory authorities, state institutions, and other departments within the company.</t>
   </si>
   <si>
     <t>* Przygotowywanie dokumentów do rejestracji produktów przez Państwowy Instytut Leków (SIDC).
 * Aktualizacja bazy danych rejestracyjnych i archiwizacja dokumentacji.
 * Aktualizacja i przegląd dokumentacji rejestracyjnej na podstawie uwag.
 * Monitorowanie zmian legislacyjnych na poziomie krajowym i europejskim.
 * Zapewnienie zgodności i wdrażanie wymagań legislacyjnych.
 * Sprawdzanie dokumentacji produktowej, materiałów reklamowych i tekstów.
 * Zapewnienie przygotowania i oceny analiz.
 * Komunikacja z organami regulacyjnymi, instytucjami państwowymi oraz innymi działami w firmie.</t>
-  </si>
-[...28 lines deleted...]
-* Monitorowanie i ocena skuteczności planów interwencji oraz wprowadzanie niezbędnych korekt.</t>
   </si>
   <si>
     <t>Social rehabilitation specialist</t>
   </si>
   <si>
     <t>Specjalista resocjalizacji</t>
   </si>
   <si>
     <t>* Assessing the needs and capabilities of individuals requiring social rehabilitation services.
 * Developing and implementing personalized rehabilitation plans in collaboration with clients and interdisciplinary teams.
 * Providing guidance and support to clients in developing life skills, social skills, and coping strategies.
 * Facilitating group therapy sessions and workshops to promote social interaction and community integration.
 * Monitoring client progress and adjusting rehabilitation plans as necessary to ensure optimal outcomes.
 * Collaborating with healthcare professionals, social workers, and community organizations to coordinate services and resources.
 * Educating clients and their families about available social services and support systems.
 * Advocating for clients' rights and needs within various social service frameworks.
 * Maintaining accurate records and documentation of client interactions, progress, and outcomes.
 * Staying informed about best practices and developments in the field of social rehabilitation and related areas.</t>
   </si>
   <si>
     <t>* Ocena potrzeb i możliwości osób wymagających usług rehabilitacji społecznej.
 * Opracowywanie i wdrażanie spersonalizowanych planów rehabilitacji we współpracy z klientami i interdyscyplinarnymi zespołami.
 * Udzielanie wskazówek i wsparcia klientom w rozwijaniu umiejętności życiowych, społecznych oraz strategii radzenia sobie.
 * Prowadzenie sesji terapii grupowej i warsztatów promujących interakcje społeczne i integrację społeczną.
 * Monitorowanie postępów klientów i dostosowywanie planów rehabilitacji w razie potrzeby, aby zapewnić optymalne rezultaty.
@@ -13018,130 +12916,122 @@
   <si>
     <t>* Assessing, diagnosing, and treating speech, language, and communication disorders in individuals of all ages.
 * Developing personalized treatment plans tailored to the specific needs of each client.
 * Conducting therapy sessions to improve speech clarity, language skills, and communication abilities.
 * Collaborating with other healthcare professionals, educators, and families to support clients' overall development.
 * Utilizing evidence-based practices and therapeutic techniques to enhance client outcomes.
 * Monitoring and documenting clients’ progress and adjusting treatment plans as necessary.
 * Providing guidance and support to families regarding communication strategies and resources.
 * Educating clients and their families about speech and language disorders and the therapeutic process.
 * Participating in continuing education and professional development to stay current with best practices in the field.
 * Maintaining confidentiality and adhering to ethical standards in all aspects of practice.</t>
   </si>
   <si>
     <t>* Ocena, diagnozowanie i leczenie zaburzeń mowy, języka i komunikacji u osób w każdym wieku.
 * Opracowywanie spersonalizowanych planów leczenia dostosowanych do indywidualnych potrzeb każdego klienta.
 * Prowadzenie sesji terapeutycznych w celu poprawy jasności mowy, umiejętności językowych i zdolności komunikacyjnych.
 * Współpraca z innymi pracownikami służby zdrowia, pedagogami i rodzinami w celu wspierania ogólnego rozwoju klientów.
 * Wykorzystywanie praktyk opartych na dowodach i technik terapeutycznych w celu poprawy wyników klientów.
 * Monitorowanie i dokumentowanie postępów klientów oraz dostosowywanie planów leczenia w razie potrzeby.
 * Udzielanie wskazówek i wsparcia rodzinom w zakresie strategii komunikacyjnych i dostępnych zasobów.
 * Edukowanie klientów i ich rodzin na temat zaburzeń mowy i języka oraz procesu terapeutycznego.
 * Udział w szkoleniach uzupełniających i rozwoju zawodowym w celu pozostania na bieżąco z najlepszymi praktykami w dziedzinie.
 * Zachowanie poufności i przestrzeganie standardów etycznych we wszystkich aspektach praktyki.</t>
   </si>
   <si>
+    <t>Surgeon</t>
+  </si>
+  <si>
+    <t>Chirurg</t>
+  </si>
+  <si>
+    <t>Diagnosis and indication of surgical procedures.
+Performing surgical operations.
+Pre‑ and postoperative patient care.
+Assessing surgical risks and informing the patient.
+Monitoring wound healing and preventing complications.
+Collaboration with anesthesiology and other specialties.
+Reviewing outcomes and planning follow‑up treatment.
+Maintaining surgical documentation.</t>
+  </si>
+  <si>
+    <t>Diagnostyka i kwalifikacja do zabiegów chirurgicznych.
+Wykonywanie operacji.
+Opieka nad pacjentem przed i po operacji.
+Ocena ryzyka operacyjnego i informowanie pacjenta.
+Monitorowanie gojenia ran i zapobieganie powikłaniom.
+Współpraca z anestezjologią i innymi specjalizacjami.
+Kontrola wyników i planowanie dalszego leczenia.
+Prowadzenie dokumentacji chirurgicznej.</t>
+  </si>
+  <si>
     <t>Veterinarian</t>
   </si>
   <si>
     <t>Weterynarz</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses.
 * Examining and removing tissues and biological materials.
 * Prescribing and administering drugs to animals.
 * Performing minor and major surgeries.
 * Vaccinating animals against diseases, treating them for parasites.
 * Sterilising animals.
 * Euthanising animals.
 * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
     <t>* Badanie stanu zdrowia zwierząt, ustalanie diagnoz.
 * Badanie i usuwanie tkanek oraz materiałów biologicznych.
 * Przepisywanie i podawanie leków zwierzętom.
 * Wykonywanie drobnych i poważnych zabiegów chirurgicznych.
 * Szczepienie zwierząt przeciwko chorobom, leczenie ich z pasożytów.
 * Sterylizacja zwierząt.
 * Eutanazja zwierząt.
 * Udzielanie porad właścicielom i opiekunom zwierząt dotyczących prawidłowego żywienia.</t>
   </si>
   <si>
     <t>Veterinary Technician</t>
   </si>
   <si>
     <t>Technik weterynarii</t>
   </si>
   <si>
     <t>* Assisting or performing treatments, diagnostics and monitoring.
 * Collecting, preparing and running or submitting samples for requested tests.
 * Providing specialised nursing care.
 * Preparing animals, instruments and equipment for surgery.
 * Preparing prescriptions, dispensed medications and medication refills.
 * Assisting with with inventory control.</t>
   </si>
   <si>
     <t>* Asystowanie przy lub wykonywanie zabiegów, diagnostyki i monitorowania.
 * Pobieranie, przygotowywanie i przeprowadzanie lub przekazywanie próbek do wymaganych badań.
 * Świadczenie specjalistycznej opieki pielęgniarskiej.
 * Przygotowywanie zwierząt, instrumentów i sprzętu do zabiegów chirurgicznych.
 * Przygotowywanie recept, wydawanie leków i uzupełnianie zapasów leków.
 * Asystowanie w kontroli zapasów.</t>
-  </si>
-[...32 lines deleted...]
-* Zapewnianie zgodności z odpowiednimi politykami, procedurami i najlepszymi praktykami w zakresie usług młodzieżowych.</t>
   </si>
   <si>
     <t>Mining, Metallurgy</t>
   </si>
   <si>
     <t>Górnictwo, metalurgia</t>
   </si>
   <si>
     <t>Iron founder</t>
   </si>
   <si>
     <t>Odlewnik</t>
   </si>
   <si>
     <t>* Fabricating models serving as a model for the production of castings.
 * Fabricating one-time and permanent founding forms.
 * Operating smelting machines and equipment in order to melt the metal to the desired temperature.
 * Fabricating components with complex shapes and semi-finished products by casting molten metal into sand, ceramic and metal moulds.
 * Removing the rough castings from moulds after cooling.
 * Removing the residues of moulding material from the surface of rough castings.
 * Grinding, sanding or other processing of rough castings.</t>
   </si>
   <si>
     <t>* Wytwarzanie modeli służących jako wzór do produkcji odlewów.
 * Wytwarzanie jednorazowych i stałych form odlewniczych.
@@ -13444,84 +13334,50 @@
 * Wydawanie leków dostępnych wyłącznie na receptę, leków bez recepty, wyrobów medycznych oraz uzupełniających produktów aptecznych.
 * Przetwarzanie recept lekarskich i kart zdrowia z wykorzystaniem technologii komputerowej.
 * Udzielanie pacjentom porad dotyczących prawidłowego stosowania, dawkowania oraz normalnych i skutków ubocznych leków.
 * Sprawdzanie poziomu zapasów, zamawianie leków, wyrobów medycznych oraz uzupełniających produktów aptecznych.
 * Kontrolowanie jakości leków oraz przyjmowanie leków i surowców do ewidencji magazynowej.
 * Sprawdzanie poprawności rozmieszczenia i przechowywania leków oraz produktów medycznych.
 * Koordynowanie pracy techników farmaceutycznych.</t>
   </si>
   <si>
     <t>* Przygotowywanie dokumentów do rejestracji produktów przez Państwowy Instytut Leków (SIDC).
 * Aktualizacja bazy danych rejestracyjnych i archiwizacja dokumentacji.
 * Aktualizacja i przegląd dokumentacji rejestracyjnej na podstawie uwag.
 * Monitorowanie zmian legislacyjnych na poziomie krajowym i europejskim.
 * Zapewnianie zgodności i wdrażanie wymagań legislacyjnych.
 * Sprawdzanie dokumentacji produktowej, materiałów reklamowych i tekstów.
 * Zapewnianie przygotowania i oceny analiz.
 * Komunikacja z organami regulacyjnymi, instytucjami państwowymi oraz innymi działami w firmie.</t>
   </si>
   <si>
     <t>Production</t>
   </si>
   <si>
     <t>Produkcja</t>
   </si>
   <si>
-    <t>* Collaborating with engineers and product managers to develop designs for new products.
-[...32 lines deleted...]
-  <si>
     <t>Foreman</t>
   </si>
   <si>
     <t>Brygadzista</t>
   </si>
   <si>
     <t>* Managing a small group of workers
 * Planning and allocating work to individual team members
 * Supervising workers</t>
   </si>
   <si>
     <t>* Zarządzanie niewielką grupą pracowników
 * Planowanie i przydzielanie zadań poszczególnym członkom zespołu
 * Nadzorowanie pracowników</t>
   </si>
   <si>
     <t>Glassmaker</t>
   </si>
   <si>
     <t>Szklarz</t>
   </si>
   <si>
     <t>* Melting and mixing raw materials for glass production in a furnace.
 * Shaping molten glass by blowing into a blowpipe or by pressing, rolling and casting.
 * Cooling the molten glass to the required temperature.
@@ -13554,50 +13410,56 @@
   <si>
     <t>* Przygotowywanie powierzchni do malowania poprzez czyszczenie, szlifowanie i nakładanie podkładów w razie potrzeby.
 * Mieszanie farb i powłok w celu uzyskania pożądanych kolorów i wykończeń.
 * Nakładanie farb przy użyciu różnych technik, w tym natrysku, pędzla i wałka.
 * Zapewnianie wysokiej jakości wykończenia poprzez kontrolę pracy i wprowadzanie niezbędnych poprawek.
 * Przestrzeganie procedur bezpieczeństwa i stosowanie środków ochrony indywidualnej w celu minimalizacji ryzyka.
 * Współpraca z innymi członkami zespołu w celu dotrzymania terminów produkcji i standardów jakości.
 * Utrzymywanie narzędzi i sprzętu w dobrym stanie technicznym oraz zgłaszanie wszelkich problemów.
 * Utrzymywanie miejsc pracy w czystości i porządku w celu zapewnienia efektywności i bezpieczeństwa.
 * Przestrzeganie standardów branżowych i przepisów dotyczących wpływu na środowisko i utylizacji odpadów.
 * Wnoszenie wkładu w usprawnianie procesów w celu zwiększenia produktywności i jakości.</t>
   </si>
   <si>
     <t>* Performing a wide range of professional tasks and supporting work depending on the specialisation of the production company.
 * Responsibility for following technical procedures, quality and quantity of produced or finished products and semi-finished goods.
 * Operating machinery, instruments, and equipment.
 * Following safety, fire prevention, and internal regulations.
 * Providing proper notice regarding any problems related to occupational health and safety.</t>
   </si>
   <si>
     <t>* Wykonywanie szerokiego zakresu zadań zawodowych i prac wspierających w zależności od specjalizacji firmy produkcyjnej.
 * Odpowiedzialność za przestrzeganie procedur technicznych, jakość i ilość wytwarzanych lub wykańczanych produktów oraz półproduktów.
 * Obsługa maszyn, urządzeń i sprzętu.
 * Przestrzeganie przepisów bezpieczeństwa, ochrony przeciwpożarowej oraz wewnętrznych regulaminów.
 * Zgłaszanie wszelkich problemów związanych z bezpieczeństwem i higieną pracy w odpowiednim czasie.</t>
+  </si>
+  <si>
+    <t>Machine Operator</t>
+  </si>
+  <si>
+    <t>Operator maszyn</t>
   </si>
   <si>
     <t>* Operating and monitoring the operation of one or more pieces of equipment on the production line.
 * Adding materials to pieces of equipment as needed and removing such materials if there is any excess.
 * Checking the in-process and finished products using measurement instruments.
 * Halting the production line operation in case of insufficient quality products.
 * Producing finished products, finishing in-process products.</t>
   </si>
   <si>
     <t>* Obsługa i monitorowanie pracy jednego lub więcej urządzeń na linii produkcyjnej.
 * Dodawanie materiałów do urządzeń w razie potrzeby oraz usuwanie nadmiaru materiałów.
 * Kontrolowanie produktów w trakcie procesu i gotowych przy użyciu przyrządów pomiarowych.
 * Wstrzymywanie pracy linii produkcyjnej w przypadku produktów o niewystarczającej jakości.
 * Wytwarzanie gotowych produktów oraz wykańczanie produktów w trakcie procesu.</t>
   </si>
   <si>
     <t>Machine Setter</t>
   </si>
   <si>
     <t>* Identification of causes of problems and their subsequent removal
 * Sorting of production machines and devices
 * Setting parameters of the devices in the automatic production
 * Maintenance and regular check-up of machines, including both the mechanic and the robotic aspects 
 * Taking care of entrusted machines</t>
   </si>
@@ -13647,104 +13509,86 @@
 * Zarządzanie zapasami surowców i materiałów niezbędnych do produkcji.</t>
   </si>
   <si>
     <t>Metrologist</t>
   </si>
   <si>
     <t>Metrolog</t>
   </si>
   <si>
     <t>* Measuring parts and components in a metrological laboratory.
 * Detecting and recording possible deviations detected during the measurement.
 * Performing internal and external calibration of measuring equipment.
 * Responsibility for recording, storing and issuing instruments.
 * Responsibility for the technical condition of measuring instruments and reference standards.
 * Maintaining, archiving and reading technical documentation.</t>
   </si>
   <si>
     <t>* Wykonywanie pomiarów części i komponentów w laboratorium metrologicznym.
 * Wykrywanie i rejestrowanie ewentualnych odchyleń wykrytych podczas pomiarów.
 * Przeprowadzanie wewnętrznej i zewnętrznej kalibracji sprzętu pomiarowego.
 * Odpowiedzialność za rejestrację, przechowywanie i wydawanie narzędzi.
 * Odpowiedzialność za stan techniczny przyrządów pomiarowych i wzorców odniesienia.
 * Prowadzenie, archiwizowanie i odczytywanie dokumentacji technicznej.</t>
   </si>
   <si>
+    <t>Operations Supervisor</t>
+  </si>
+  <si>
+    <t>Kierownik operacyjny</t>
+  </si>
+  <si>
     <t>* Creating a production plan and monitoring its compliance.
 * Monitoring the department`s effectiveness.
 * Monitoring the activities of the employees and their monthly evaluation.
 * Planning and purchasing of subcomponents required for production.
 * Monitoring the compliance with safety regulations in the operation.
 * Ensuring the provision of technical equipment in the operation.</t>
   </si>
   <si>
     <t>* Tworzenie planu produkcji i monitorowanie jego realizacji.
 * Monitorowanie efektywności działu.
 * Nadzorowanie działań pracowników i ich miesięczna ocena.
 * Planowanie i zakup podzespołów wymaganych do produkcji.
 * Monitorowanie przestrzegania przepisów bezpieczeństwa w operacji.
 * Zapewnianie wyposażenia technicznego w operacji.</t>
   </si>
   <si>
     <t>Packer</t>
   </si>
   <si>
     <t>Pakowacz</t>
   </si>
   <si>
     <t>* Sorting products by size, weight, colour, content, etc.
 * Sticking information labels and stickers on product packaging.
 * Packing products in boxes.</t>
   </si>
   <si>
     <t>* Sortowanie produktów według rozmiaru, wagi, koloru, zawartości itp.
 * Naklejanie etykiet informacyjnych i naklejek na opakowania produktów.
 * Pakowanie produktów do pudełek.</t>
-  </si>
-[...22 lines deleted...]
-* Śledzenie rozwoju branży i pojawiających się trendów w celu utrzymania przewagi konkurencyjnej.</t>
   </si>
   <si>
     <t>* Planning the production process on the basis of received orders, calculating production capacities.
 * Drawing up daily, weekly and monthly production plans.
 * Ensuring timely supplies of material.
 * Adjusting production plans based on stock levels and production capacities.
 * Ensuring the smooth running of the production process.
 * Monitoring compliance with the production deadlines in accordance with the production plan.
 * Proposing measures to optimise the production process.
 * Analysing production downtime and bottlenecks in the planning process.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t>* Planowanie procesu produkcyjnego na podstawie otrzymanych zamówień, obliczanie zdolności produkcyjnych.
 * Sporządzanie dziennych, tygodniowych i miesięcznych planów produkcji.
 * Zapewnianie terminowych dostaw materiałów.
 * Dostosowywanie planów produkcji na podstawie poziomów zapasów i zdolności produkcyjnych.
 * Zapewnianie płynnego przebiegu procesu produkcyjnego.
 * Monitorowanie przestrzegania terminów produkcji zgodnie z planem produkcyjnym.
 * Proponowanie środków mających na celu optymalizację procesu produkcyjnego.
 * Analizowanie przestojów produkcyjnych i wąskich gardeł w procesie planowania.
 * Współpraca z innymi działami w firmie.</t>
   </si>
   <si>
     <t>Production Standard Setter</t>
@@ -14811,50 +14655,74 @@
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
     <t>* Wspieranie rodzin w planowaniu i organizacji pogrzebów w sposób pełen współczucia i szacunku.
 * Udzielanie porad dotyczących organizacji pogrzebu, w tym wyboru trumny, transportu oraz uroczystości żałobnych.
 * Koordynowanie współpracy z różnymi dostawcami usług, takimi jak cmentarze, krematoria i kwiaciarnie.
 * Przygotowywanie i składanie wymaganych dokumentów prawnych, takich jak akty zgonu i pozwolenia.
 * Zapewnianie właściwej opieki i przygotowania zmarłego, w tym balsamowanie i ubieranie.
 * Zarządzanie logistyką uroczystości pogrzebowej, w tym przygotowanie miejsca ceremonii i nadzorowanie przebiegu uroczystości.
 * Oferowanie wsparcia emocjonalnego i poradnictwa pogrążonym w żałobie rodzinom w trakcie procesu planowania.
 * Utrzymywanie czystości i godnej atmosfery w domu pogrzebowym oraz w powiązanych obiektach.
 * Przestrzeganie przepisów dotyczących zdrowia i bezpieczeństwa oraz standardów etycznych we wszystkich aspektach pracy.
 * Udział w ciągłym rozwoju zawodowym i szkoleniach w celu aktualizacji wiedzy na temat praktyk i przepisów branżowych.</t>
   </si>
   <si>
+    <t>Gaming / Casino Operator</t>
+  </si>
+  <si>
+    <t>Operator salonu gier / kasyna</t>
+  </si>
+  <si>
+    <t>Serving guests in a gaming room or casino.
+Supervising the operation of gaming devices.
+Providing information about games and rules.
+Handling basic technical and operational issues.
+Checking player age and eligibility.
+Complying with internal and legal regulations.
+Maintaining cleanliness and order in the venue.</t>
+  </si>
+  <si>
+    <t>Obsługa gości salonu gier lub kasyna.
+Nadzór nad działaniem urządzeń do gier.
+Udzielanie informacji o grach i zasadach.
+Rozwiązywanie podstawowych problemów technicznych i operacyjnych.
+Weryfikacja wieku i uprawnień graczy.
+Przestrzeganie zasad wewnętrznych i przepisów prawa.
+Zapewnienie czystości i porządku w lokalu.</t>
+  </si>
+  <si>
     <t>Gardener</t>
   </si>
   <si>
     <t>Ogrodnik</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks.
 * Hoeing and fertilising the soil, pulling weeds.
 * Planting and irrigating decorative plants, shrubs, trees and hedges.
 * Seeding, watering and mowing lawns.
 * Protecting vegetation from pests and diseases using chemical agents.
 * Harvesting and storing fruit and vegetables.
 * Repairing garden tools.</t>
   </si>
   <si>
     <t>* Pielęgnacja rabat kwiatowych, trawników, drzew i krzewów w ogrodach, sadach i parkach publicznych.
 * Spulchnianie i nawożenie gleby, usuwanie chwastów.
 * Sadzenie i nawadnianie roślin ozdobnych, krzewów, drzew i żywopłotów.
 * Sianie, podlewanie i koszenie trawników.
 * Ochrona roślinności przed szkodnikami i chorobami przy użyciu środków chemicznych.
 * Zbiór i przechowywanie owoców i warzyw.
 * Naprawa narzędzi ogrodniczych.</t>
   </si>
   <si>
     <t>Goldsmith, Jeweller</t>
@@ -15093,110 +14961,108 @@
 * Dopasowywanie rur poprzez cięcie, gięcie, spawanie i nacinanie gwintów.
 * Montaż, demontaż oraz serwisowanie systemów i urządzeń dystrybucji rurociągów wodociągowych, kanalizacyjnych, gazowych i grzewczych.
 * Przeprowadzanie testów szczelności i ciśnienia zgodnie z obowiązującymi normami.</t>
   </si>
   <si>
     <t>Refuse Collector</t>
   </si>
   <si>
     <t>Śmieciarz</t>
   </si>
   <si>
     <t>* Driving and operating a special vehicle for collecting municipal waste.
 * Manipulating containers for collecting municipal waste and moving them to the vehicle.
 * Emptying rubbish bins into the vehicle.
 * Returning dustbins to their original place.
 * Emptying the contents of the vehicle at disposal sites.</t>
   </si>
   <si>
     <t>* Prowadzenie i obsługa specjalnego pojazdu do zbierania odpadów komunalnych.
 * Manipulowanie pojemnikami do zbierania odpadów komunalnych i przenoszenie ich do pojazdu.
 * Opróżnianie koszy na śmieci do pojazdu.
 * Odstawianie pojemników na ich pierwotne miejsce.
 * Opróżnianie zawartości pojazdu na miejscach utylizacji.</t>
   </si>
   <si>
-    <t>* Installing, maintaining, and repairing equipment and machinery in various industrial settings.
-[...24 lines deleted...]
-  <si>
     <t>Stoker, Boiler Attendant</t>
   </si>
   <si>
     <t>Palacz</t>
   </si>
   <si>
     <t>* Operating and maintaining boilers, ensuring they function efficiently and safely.
 * Monitoring boiler pressure, temperature, and water levels to maintain optimal performance.
 * Conducting routine inspections and performing necessary maintenance on boiler systems.
 * Responding to alarms and safety alerts, taking appropriate action to resolve issues.
 * Maintaining accurate records of boiler operations, maintenance activities, and safety checks.
 * Collaborating with engineering and maintenance teams to troubleshoot and repair boiler-related issues.
 * Ensuring compliance with safety regulations and industry standards in boiler operations.
 * Managing fuel supply and ensuring proper combustion for efficient energy production.
 * Assisting in the training of new staff on boiler operation and safety procedures.
 * Performing emergency shutdown procedures when necessary and ensuring safe operation at all times.</t>
   </si>
   <si>
     <t>* Obsługa i konserwacja kotłów, zapewnienie ich sprawnego i bezpiecznego funkcjonowania.
 * Monitorowanie ciśnienia, temperatury i poziomu wody w kotle w celu utrzymania optymalnej wydajności.
 * Przeprowadzanie rutynowych przeglądów i wykonywanie niezbędnych prac konserwacyjnych systemów kotłowych.
 * Reagowanie na alarmy i alerty bezpieczeństwa, podejmowanie odpowiednich działań w celu rozwiązania problemów.
 * Prowadzenie dokładnych zapisów dotyczących pracy kotłów, działań konserwacyjnych i kontroli bezpieczeństwa.
 * Współpraca z zespołami inżynieryjnymi i konserwacyjnymi w celu diagnozowania i naprawy problemów związanych z kotłami.
 * Zapewnienie zgodności z przepisami bezpieczeństwa i standardami branżowymi w zakresie eksploatacji kotłów.
 * Zarządzanie dostawami paliwa i zapewnienie prawidłowego spalania w celu efektywnej produkcji energii.
 * Pomoc w szkoleniu nowego personelu w zakresie obsługi kotłów i procedur bezpieczeństwa.
 * Wykonywanie procedur awaryjnego wyłączenia w razie potrzeby i zapewnienie bezpiecznej pracy w każdym czasie.</t>
   </si>
   <si>
     <t>Technology, Development</t>
   </si>
   <si>
     <t>Nowe technologie</t>
+  </si>
+  <si>
+    <t>Gaming Machines Service Technician</t>
+  </si>
+  <si>
+    <t>Serwisant urządzeń do gier</t>
+  </si>
+  <si>
+    <t>Installing, configuring, and servicing gaming machines.
+Diagnosing and repairing technical faults.
+Performing regular maintenance of gaming devices.
+Ensuring technical safety and operational functionality.
+Documenting interventions and reporting defects.
+Cooperating with operations managers.
+Testing new devices and components.</t>
+  </si>
+  <si>
+    <t>Instalacja, konfiguracja i serwis urządzeń do gier.
+Diagnozowanie i naprawa usterek technicznych.
+Wykonywanie regularnej konserwacji automatów.
+Zapewnienie bezpieczeństwa technicznego i sprawności.
+Dokumentowanie interwencji i raportowanie usterek.
+Współpraca z menedżerami operacyjnymi.
+Testowanie nowych urządzeń i komponentów.</t>
   </si>
   <si>
     <t>Head of Technical Department</t>
   </si>
   <si>
     <t>Kierownik departamentu technicznego</t>
   </si>
   <si>
     <t>* Organizing production based on monthly and annual production plans submitted to company management.
 * Developing plans in alignment with the company's business strategy.
 * Ensuring the implementation of plans by overseeing specific production facilities or subordinate technical services, including quality control, development, maintenance, and occupational safety, by delegating tasks to individual team members.
 * Organizing the flow of production documentation and proposing, implementing, and monitoring compliance with organizational regulations.
 * Addressing ongoing technical issues to ensure the facility operates continuously, safely, and efficiently.
 * Leading and managing the technical department to foster innovation and improve operational processes.
 * Collaborating with other departments to align technical activities with overall business objectives.
 * Conducting performance evaluations and providing guidance to team members to enhance their skills and productivity.
 * Monitoring industry trends and advancements to inform strategic decision-making and maintain competitive advantage.
 * Ensuring compliance with safety regulations and quality standards in all technical operations.</t>
   </si>
   <si>
     <t>* Organizacja produkcji na podstawie miesięcznych i rocznych planów produkcyjnych przedstawianych kierownictwu firmy.
 * Opracowywanie planów zgodnie ze strategią biznesową firmy.
 * Zapewnienie realizacji planów poprzez nadzorowanie konkretnych obiektów produkcyjnych lub podległych służb technicznych, w tym kontroli jakości, rozwoju, utrzymania ruchu oraz bezpieczeństwa i higieny pracy, poprzez delegowanie zadań poszczególnym członkom zespołu.
 * Organizacja przepływu dokumentacji produkcyjnej oraz proponowanie, wdrażanie i monitorowanie przestrzegania przepisów organizacyjnych.
 * Rozwiązywanie bieżących problemów technicznych w celu zapewnienia ciągłego, bezpiecznego i efektywnego funkcjonowania zakładu.
@@ -15269,74 +15135,50 @@
   <si>
     <t>Telecommunications</t>
   </si>
   <si>
     <t>Telekomunikacja</t>
   </si>
   <si>
     <t>Data Station Testing Specialist</t>
   </si>
   <si>
     <t>Specjalista testowania stacji danych</t>
   </si>
   <si>
     <t>* Analyzing and complex testing of products with focus on DSL, Active Ethernet, GPON, VoIP and routre technologies.
 * Cooperating on projects.
 * Preparing and coordinating of technical designs for pilot operation of new technologies, product innovations and company solutions.
 * Processing technical specifications for acquiring and innovation of products.</t>
   </si>
   <si>
     <t>* Analiza i kompleksowe testowanie produktów ze szczególnym uwzględnieniem technologii DSL, Active Ethernet, GPON, VoIP oraz routerów.
 * Współpraca przy projektach.
 * Przygotowywanie i koordynowanie projektów technicznych dla pilotażowego wdrożenia nowych technologii, innowacji produktowych oraz rozwiązań firmowych.
 * Opracowywanie specyfikacji technicznych dla pozyskiwania i innowacji produktów.</t>
   </si>
   <si>
-    <t>* Assembling and fitting telecommunications equipment and systems according to specifications and technical drawings.
-[...22 lines deleted...]
-  <si>
     <t>ICT Specialist</t>
   </si>
   <si>
     <t>Specjalista ICT</t>
   </si>
   <si>
     <t>* Installing, configuring and launching components (HW and SW) ICT solutions and services, including pilot operation.
 * Removing defects of 2nd level, including supporting executive components (NW and IT) at localization and removing of defects.
 * Executing system configurations ICT solutions and services.
 * Managing safety elements ICT solutions and services.
 * Communicating with technical support of suppliers, customers and getting involved in acceptation tests.
 * Getting involved in developing ICT services and solutions at putting them in operation.</t>
   </si>
   <si>
     <t>* Instalowanie, konfigurowanie i uruchamianie komponentów (sprzętowych i programowych) rozwiązań i usług ICT, w tym pilotażowa eksploatacja.
 * Usuwanie usterek drugiego poziomu, w tym wsparcie komponentów wykonawczych (sieciowych i IT) przy lokalizacji i usuwaniu usterek.
 * Wykonywanie konfiguracji systemowych rozwiązań i usług ICT.
 * Zarządzanie elementami bezpieczeństwa rozwiązań i usług ICT.
 * Komunikowanie się z pomocą techniczną dostawców, klientów oraz udział w testach akceptacyjnych.
 * Udział w rozwijaniu usług i rozwiązań ICT podczas ich wdrażania.</t>
   </si>
   <si>
     <t>Mobile Network Development Specialist</t>
   </si>
   <si>
@@ -15557,74 +15399,50 @@
   <si>
     <t>Switching Network Development Specialist</t>
   </si>
   <si>
     <t>Specjalista rozwoju podłączeń sieci</t>
   </si>
   <si>
     <t>* Planning hardware and software.
 * Implementation and optimization of connection systems, their mutual interconnection, interconnection with other nets and net elements.
 * Preparing, testing and implementation of technical system data, software functions and hardware connection systems.
 * Preparing the testing procedures for verification of functionality of hardware and software for the connection systems.
 * Processing of the statistics data of the connection systems.
 * Cooperating with suppliers in the area of adjusting dimensions of connection systems, their development, including also the development in the area of their software functions.
 * Preparing regular reports concerning productivity and utility of singular connection systems.
 * Cooperating on implementation of the roaming partners.</t>
   </si>
   <si>
     <t>* Planowanie sprzętu i oprogramowania.
 * Wdrażanie i optymalizacja systemów połączeń, ich wzajemnych połączeń, połączeń z innymi sieciami i elementami sieci.
 * Przygotowywanie, testowanie i wdrażanie danych systemów technicznych, funkcji oprogramowania oraz systemów połączeń sprzętowych.
 * Przygotowywanie procedur testowych w celu weryfikacji funkcjonalności sprzętu i oprogramowania dla systemów połączeń.
 * Przetwarzanie danych statystycznych dotyczących systemów połączeń.
 * Współpraca z dostawcami w zakresie dostosowywania wymiarów systemów połączeń, ich rozwoju, w tym również rozwoju w zakresie funkcji oprogramowania.
 * Przygotowywanie regularnych raportów dotyczących wydajności i użyteczności poszczególnych systemów połączeń.
 * Współpraca przy wdrażaniu partnerów roamingowych.</t>
-  </si>
-[...22 lines deleted...]
-* Śledzenie postępów technologicznych w dziedzinie telekomunikacji w celu poprawy jakości świadczonych usług.</t>
   </si>
   <si>
     <t>* Carrying out measurements of the access networks.
 * Setting up and moving telecommunication services.
 * Installing and configuring the terminals.
 * Installing and configuring the communication software.
 * Removing the incurred malfunctions.</t>
   </si>
   <si>
     <t>* Przeprowadzanie pomiarów sieci dostępowych.
 * Uruchamianie i przenoszenie usług telekomunikacyjnych.
 * Instalowanie i konfigurowanie terminali.
 * Instalowanie i konfigurowanie oprogramowania komunikacyjnego.
 * Usuwanie powstałych awarii.</t>
   </si>
   <si>
     <t>Telecommunication Specialist</t>
   </si>
   <si>
     <t>Specjalista telekomunikacyjny</t>
   </si>
   <si>
     <t>* Designing, implementing, and maintaining telecommunication systems and networks.
 * Analyzing system performance and identifying areas for improvement.
 * Collaborating with engineering teams to develop innovative communication solutions.
@@ -15847,124 +15665,106 @@
   <si>
     <t>Fashion Designer, Pattern Cutter</t>
   </si>
   <si>
     <t>Projektant mody</t>
   </si>
   <si>
     <t>* Fabricating one’s own designs and designs according to individual customer requirements.
 * Monitoring new fashion trends, materials and technological processes.
 * Designing cuts in basic or showroom size.
 * Stepping up the basic cut to other sizes according to size charts.
 * Producing the design cuts according to size chart.
 * Creating a size chart according to individual sizes.
 * Checking the design dimensions of the product according to the size chart.</t>
   </si>
   <si>
     <t>* Wykonywanie własnych projektów oraz projektów zgodnie z indywidualnymi wymaganiami klientów.
 * Monitorowanie nowych trendów mody, materiałów i procesów technologicznych.
 * Projektowanie wykrojów w rozmiarze podstawowym lub pokazowym.
 * Przekształcanie podstawowego wykroju na inne rozmiary zgodnie z tabelami rozmiarów.
 * Wytwarzanie wykrojów projektowych zgodnie z tabelą rozmiarów.
 * Tworzenie tabeli rozmiarów zgodnie z indywidualnymi wymiarami.
 * Sprawdzanie wymiarów projektowych produktu zgodnie z tabelą rozmiarów.</t>
   </si>
   <si>
-    <t>* Operate and monitor textile machinery and equipment to ensure efficient production processes.
-[...22 lines deleted...]
-  <si>
     <t>Seamstress</t>
   </si>
   <si>
     <t>Szwaczka</t>
   </si>
   <si>
     <t>* Separating and adjusting parts of the product (cutting, punching, etc.). 
 * Creating, altering, and repairing products with the use of basic and specialised sewing machines.
 * Intermediate and final ironing, adjusting by ironing, and ironing out.
 * Manufacturing, decorating, shaping, and other adjusting the final appearance of the products.
 * Simple setting of machines, changing threads, needles, and other accessories.
 * Checking the correct functioning of the machine.</t>
   </si>
   <si>
     <t>* Rozdzielanie i dopasowywanie części produktu (cięcie, wykrawanie itp.).
 * Tworzenie, modyfikowanie i naprawa produktów przy użyciu podstawowych i specjalistycznych maszyn do szycia.
 * Prasowanie pośrednie i końcowe, dopasowywanie przez prasowanie oraz wygładzanie.
 * Wytwarzanie, dekorowanie, kształtowanie oraz inne czynności dopasowujące końcowy wygląd produktów.
 * Prosta obsługa maszyn, wymiana nici, igieł i innych akcesoriów.
 * Sprawdzanie prawidłowego funkcjonowania maszyny.</t>
   </si>
   <si>
     <t>Tailor</t>
   </si>
   <si>
     <t>Krawiec/krawcowa</t>
   </si>
   <si>
     <t>* Taking measurements of the clients with the help of a tape measure.
 * Recording of the taken measurements.
 * Consulting used materials and cuts with the customers.
 * Making clothes for individual customers with the help of a sewing machine.
 * Adjusting clothes according to the customers' requests.
 * Mending damaged clothes.
 * Doing simple maintenance of the sewing machines (exchanging threads, needles etc.).</t>
   </si>
   <si>
     <t>* Wykonywanie pomiarów klientów przy użyciu miarki.
 * Rejestrowanie wykonanych pomiarów.
 * Konsultowanie używanych materiałów i kroju z klientami.
 * Wykonywanie ubrań dla indywidualnych klientów przy użyciu maszyny do szycia.
 * Dopasowywanie ubrań zgodnie z życzeniami klientów.
 * Naprawa uszkodzonych ubrań.
 * Wykonywanie prostych czynności konserwacyjnych maszyn do szycia (wymiana nici, igieł itp.).</t>
   </si>
   <si>
     <t>Top Management</t>
   </si>
   <si>
     <t>Kierownictwo wysokiego szczebla</t>
+  </si>
+  <si>
+    <t>Branch Director</t>
+  </si>
+  <si>
+    <t>Dyrektor oddziału</t>
   </si>
   <si>
     <t>* Responsibility for the implementation of the branch business plan.
 * Setting the business strategy.
 * Taking care of key clients and maintaining good relationships with them.
 * Managing, coordinating, motivating and evaluating subordinate staff.
 * Managing business negotiations.
 * Preparation of regular reports and statistics.</t>
   </si>
   <si>
     <t>* Odpowiedzialność za wdrożenie planu biznesowego oddziału.
 * Ustalanie strategii biznesowej.
 * Opieka nad kluczowymi klientami oraz utrzymywanie z nimi dobrych relacji.
 * Zarządzanie, koordynowanie, motywowanie i ocena podległego personelu.
 * Prowadzenie negocjacji biznesowych.
 * Przygotowywanie regularnych raportów i statystyk.</t>
   </si>
   <si>
     <t>Call Centre Director</t>
   </si>
   <si>
     <t>Dyrektor Call Center</t>
   </si>
   <si>
     <t>* Oversee and manage the daily operations of the call centre, ensuring efficient and effective service delivery.
@@ -16372,50 +16172,56 @@
 * Prowadzenie i mentoring regionalnych zespołów sprzedażowych w celu zwiększenia wydajności i wspierania rozwoju zawodowego.
 * Analizowanie trendów rynkowych i działań konkurencji w celu identyfikacji możliwości wzrostu.
 * Nawiązywanie i utrzymywanie silnych relacji z kluczowymi klientami i interesariuszami.
 * Współpraca z interdyscyplinarnymi zespołami w celu zapewnienia zgodności z celami i inicjatywami biznesowymi.
 * Monitorowanie i raportowanie wskaźników wydajności regionalnej i KPI do wyższej kadry zarządzającej.
 * Zapewnianie zgodności z politykami, procedurami i wymogami regulacyjnymi firmy.
 * Przeprowadzanie regularnych wizyt na rynku w celu oceny wyników oddziałów i satysfakcji klientów.
 * Skuteczne zarządzanie budżetami i alokacją zasobów w celu optymalizacji efektywności operacyjnej.</t>
   </si>
   <si>
     <t>Sales Director</t>
   </si>
   <si>
     <t>* Organising the work of the sales team.
 * Visiting strategic customers, conducting business negotiations.
 * Strategic planning of costs and revenues (creation, analysis, prediction).
 * Management of receivables and inventory.
 * Upgrading and improving the company processes.</t>
   </si>
   <si>
     <t>* Organizacja pracy zespołu sprzedaży.
 * Wizyty u klientów strategicznych, prowadzenie negocjacji biznesowych.
 * Planowanie strategiczne kosztów i przychodów (tworzenie, analiza, prognozowanie).
 * Zarządzanie należnościami i zapasami.
 * Ulepszanie i doskonalenie procesów firmy.</t>
+  </si>
+  <si>
+    <t>School Principal</t>
+  </si>
+  <si>
+    <t>Dyrektor szkoły</t>
   </si>
   <si>
     <t>* Responsibility for the educational and professional quality of work at school.
 * Managing and inspecting the work of all school staff in accordance with the working regulations.
 * Assessing the work of all school staff.
 * Responsibility for the further education of employees. 
 * Influencing out-of-class, extra-curricular, and extra-work activities of the school.
 * Responsibility for adequate personnel and material conditions for work at school.
 * Helping school employees to address their social and legal problems.
 * Calling, managing, and leading teaching staff meetings and formulating the obtained conclusions.
 * Drawing up relevant work plans and internal school regulations. 
 * Submitting the required statistic data and oral or written reporting to superior authorities.
 * Paying attention to the purposeful use of financial means of the school.
 * Managing and monitoring educational activities at school and responsibility for the results of the educational work of the school.
 * Determining the principles of the internal regulations of the school.</t>
   </si>
   <si>
     <t>* Odpowiedzialność za poziom edukacyjny i zawodowy pracy w szkole.
 * Zarządzanie i nadzorowanie pracy całego personelu szkoły zgodnie z przepisami pracy.
 * Ocena pracy wszystkich pracowników szkoły.
 * Odpowiedzialność za dalsze kształcenie pracowników.
 * Wpływanie na działalność pozalekcyjną, pozaszkolną i pozazawodową szkoły.
 * Odpowiedzialność za odpowiednie warunki kadrowe i materialne do pracy w szkole.
 * Pomoc pracownikom szkoły w rozwiązywaniu problemów społecznych i prawnych.
 * Zwoływanie, zarządzanie i prowadzenie spotkań kadry nauczycielskiej oraz formułowanie uzyskanych wniosków.
@@ -16801,51 +16607,51 @@
 * Nadzorowanie utrzymania czystości i porządku na pokładzie.</t>
   </si>
   <si>
     <t>Hotel Porter</t>
   </si>
   <si>
     <t>* Welcoming guests arriving at the hotel.
 * Helping guests when getting in and out of their vehicle, and opening doors.
 * Loading and unloading luggage to/from the vehicle.
 * Helping guests to carry their luggage.
 * Guiding guests to their hotel rooms and presenting the equipment rooms.
 * Responding to the commonly posed questions from guests, and solving problems.</t>
   </si>
   <si>
     <t>* Przywitanie gości przybywających do hotelu.
 * Pomoc gościom przy wsiadaniu i wysiadaniu z pojazdu oraz otwieranie drzwi.
 * Załadunek i rozładunek bagażu do/z pojazdu.
 * Pomoc gościom w przenoszeniu bagażu.
 * Oprowadzenie gości do ich pokoi hotelowych i prezentacja wyposażenia pokoi.
 * Odpowiadanie na często zadawane pytania gości oraz rozwiązywanie problemów.</t>
   </si>
   <si>
     <t>Houseman</t>
   </si>
   <si>
-    <t>Pomoc Domowa</t>
+    <t>Pracownik operacyjny działu housekeeping</t>
   </si>
   <si>
     <t>* Taking part in the effective fulfilling of the daily working tasks in the housekeeping department.
 * Caring for the main storehouse in the housekeeping department.
 * Taking orders of working aids for chambermaids and cleaners.
 * Taking out large goods and working aids to the individual storerooms on the storeys.
 * Taking out, bringing and sorting out of the hotel bed sheets and tea towels.
 * Taking responsibility for the regular monthly stocktaking.</t>
   </si>
   <si>
     <t>* Udział w efektywnym wykonywaniu codziennych zadań w dziale gospodarczym.
 * Opieka nad głównym magazynem w dziale gospodarczym.
 * Przyjmowanie zamówień na środki pracy dla pokojówek i sprzątaczek.
 * Dostarczanie dużych towarów i środków pracy do poszczególnych magazynów na piętrach.
 * Wydawanie, przynoszenie i sortowanie pościeli hotelowej oraz ściereczek kuchennych.
 * Odpowiedzialność za regularne comiesięczne inwentaryzacje.</t>
   </si>
   <si>
     <t>Kitchen Helper</t>
   </si>
   <si>
     <t>Pomoc kuchenna</t>
   </si>
   <si>
     <t>* Assisting in the preparation of food items according to established recipes and standards.
@@ -16864,76 +16670,50 @@
 * Utrzymywanie czystości i porządku w obszarze kuchennym, w tym mycie naczyń, sztućców i sprzętu.
 * Wspieranie szefów kuchni i personelu kuchennego w różnych zadaniach, w tym przygotowywanie i dekorowanie potraw.
 * Zapewnienie prawidłowego przechowywania produktów spożywczych oraz przestrzeganie wytycznych dotyczących bezpieczeństwa żywności i higieny.
 * Pomoc w zarządzaniu zapasami poprzez monitorowanie dostaw i informowanie przełożonych o niskim poziomie zapasów.
 * Pomoc w przygotowaniu i rozłożeniu stanowisk kuchennych przed i po serwisie.
 * Udział w czyszczeniu i konserwacji sprzętu kuchennego oraz obszarów roboczych.
 * Współpraca z członkami zespołu w celu zapewnienia sprawnego funkcjonowania kuchni i terminowej obsługi.
 * Przestrzeganie wszystkich przepisów dotyczących zdrowia i bezpieczeństwa w celu zapewnienia bezpiecznego środowiska pracy.
 * Bycie elastycznym i gotowym do podjęcia dodatkowych zadań w razie potrzeby w celu wsparcia zespołu kuchennego.</t>
   </si>
   <si>
     <t>Lifeguard, Swimming Instructor</t>
   </si>
   <si>
     <t>Ratownik</t>
   </si>
   <si>
     <t>* Saving drowning visitors of swimming pools, water parks, beaches and similar facilities.
 * Supervising compliance with the rules of swimming facilities.
 * Providing first aid to visitors of the swimming facilities.</t>
   </si>
   <si>
     <t>* Ratowanie tonących gości basenów, parków wodnych, plaż i podobnych obiektów.
 * Nadzorowanie przestrzegania zasad obowiązujących na pływalniach.
 * Udzielanie pierwszej pomocy gościom obiektów pływackich.</t>
-  </si>
-[...24 lines deleted...]
-* Zapewnianie pozytywnej i przyjaznej atmosfery zarówno dla gości, jak i pracowników.</t>
   </si>
   <si>
     <t>Pizza Cook</t>
   </si>
   <si>
     <t>Pizzerman</t>
   </si>
   <si>
     <t>* Preparing pizza and pizza products in a special wood-burning oven 
 * Preparation and cleaning within the kitchen.</t>
   </si>
   <si>
     <t>* Przygotowywanie pizzy i produktów z pizzy w specjalnym piecu opalanym drewnem
 * Przygotowywanie i sprzątanie w kuchni.</t>
   </si>
   <si>
     <t>* Welcoming and checking in the guests by means of their presented identity card.
 * Assigning rooms according to customer requirements and current availability in accommodation facility.
 * Providing information and assistance in solving problems and complaints.
 * Providing foreign currency exchange services.
 * Providing telephone and e-mail reservations.
 * Providing specialised services on request.
 * Sale of supplementary consumer goods.
 * Issuing receipts for accommodation services.
 * Accepting payments in local and foreign currency and operating a payment terminal.</t>
@@ -17513,80 +17293,50 @@
     <t>Spedytor</t>
   </si>
   <si>
     <t>* Ensuring the national and international transport of goods.
 * Seeking and contacting new customers.
 * Receiving and completing pricing inquiries and orders for shipment.
 * Negotiating the terms and conditions and contracting with carriers.
 * Monitoring the availability of vehicles and ensuring their occupancy.
 * Entering data into the information system.
 * Preparing documents for billing.
 * Monitoring the payment discipline of customers.
 * Communicating with customers and carriers.
 * Resolving claims.</t>
   </si>
   <si>
     <t>* Zapewnianie krajowego i międzynarodowego transportu towarów.
 * Poszukiwanie i kontaktowanie się z nowymi klientami.
 * Przyjmowanie i realizowanie zapytań ofertowych oraz zamówień na przewóz.
 * Negocjowanie warunków i zawieranie umów z przewoźnikami.
 * Monitorowanie dostępności pojazdów i zapewnianie ich zajętości.
 * Wprowadzanie danych do systemu informatycznego.
 * Przygotowywanie dokumentów do rozliczeń.
 * Monitorowanie dyscypliny płatniczej klientów.
 * Komunikowanie się z klientami i przewoźnikami.
 * Rozwiązywanie reklamacji.</t>
-  </si>
-[...28 lines deleted...]
-* Prowadzenie inicjatyw promujących kulturę bezpieczeństwa i zgodności w organizacji.</t>
   </si>
   <si>
     <t>Import/Export Officer</t>
   </si>
   <si>
     <t>Dyrektor ds. importu / eksportu</t>
   </si>
   <si>
     <t>* Checking figures, postings, and documents for correct entry, mathematical accuracy, and proper codes. 
 * Operating computers programmed with accounting software to record, store, and analyze information. 
 * Classifying, recording, and summarizing numerical and financial data to compile and keep financial records, using journals and ledgers or computers. 
 * Compiling statistical, financial, accounting or auditing reports and tables pertaining to such matters as cash receipts, expenditures, accounts payable and receivable, and profits and losses. 
 * Calculating, preparing, and issuing bills, invoices, account statements, and other financial statements according to established procedures. 
 * Preparing bank deposits by compiling data from cashiers, verifying and balancing receipts, and sending cash, checks, or other forms of payment to banks. 
 * Compiling budget data and documents, based on estimated revenues and expenses and previous budgets. 
 * Preparing purchase orders and expense reports. 
 * Transferring details from separate journals to general ledgers or data processing sheets. 
 * Completing and submitting tax forms and returns, workers' compensation forms, pension contribution forms, and other government documents.</t>
   </si>
   <si>
     <t>* Sprawdzanie cyfr, zapisów i dokumentów pod kątem poprawności wpisów, dokładności matematycznej i właściwych kodów. 
 * Obsługa komputerów z oprogramowaniem księgowym w celu rejestrowania, przechowywania i analizowania informacji. 
 * Klasyfikowanie, rejestrowanie i podsumowywanie danych liczbowych i finansowych w celu sporządzania i prowadzenia dokumentacji finansowej, przy użyciu dzienników, ksiąg głównych lub komputerów. 
 * Przygotowywanie statystycznych, finansowych, księgowych lub audytorskich raportów i tabel dotyczących takich kwestii jak wpływy gotówkowe, wydatki, zobowiązania i należności oraz zyski i straty. 
 * Obliczanie, przygotowywanie i wystawianie rachunków, faktur, wyciągów z kont oraz innych dokumentów finansowych zgodnie z ustalonymi procedurami. 
@@ -18478,74 +18228,50 @@
 * Following and applying work and technical procedures for products, installation, occupational health and safety principles, occupational hygiene and fire prevention.</t>
   </si>
   <si>
     <t>* Czytanie rysunków technicznych, rzutowanie i zaznaczanie materiałów na rysunkach.
 * Wykańczanie mebli, konstrukcji oraz innych produktów wykonanych z drewna.
 * Wykonywanie prostych prac szklarskich, montowanie akcesoriów i wyposażenia wnętrz.
 * Ocena i kontrola jakości wyprodukowanych produktów oraz elementów roboczych.
 * Stosowanie i przestrzeganie procedur pracy oraz technicznych dla produktów, montażu, zasad bezpieczeństwa i higieny pracy, higieny pracy oraz ochrony przeciwpożarowej.</t>
   </si>
   <si>
     <t>Lumberjack</t>
   </si>
   <si>
     <t>* Sawing trees and shrubs in forests using a motor or a hand saw.
 * Sawing and cutting logs to planks, boards, beams, joists, laths, strips, etc.
 * Replenishing a mixture of petrol and oil in the chainsaw.
 * Sharpening blunt chains with round and flat files.
 * Performing routine maintenance associated with the use of the chainsaw.</t>
   </si>
   <si>
     <t>* Ścinanie drzew i krzewów w lasach przy użyciu pilarki spalinowej lub ręcznej piły.
 * Przerzynanie i cięcie kłód na deski, tarcicę, belki, legary, łaty, listwy itp.
 * Uzupełnianie mieszanki benzyny i oleju w pilarce.
 * Ostrzenie tępego łańcucha za pomocą pilników okrągłych i płaskich.
 * Wykonywanie rutynowej konserwacji związanej z użytkowaniem pilarki.</t>
-  </si>
-[...22 lines deleted...]
-* Udział w inicjatywach ciągłego doskonalenia w celu zwiększenia efektywności i produktywności.</t>
   </si>
   <si>
     <t>Timber Engineer</t>
   </si>
   <si>
     <t>Inżynier drewna</t>
   </si>
   <si>
     <t>* Managing and coordinating the technical preparation of production.
 * Analysing the input and output data related to the work task.
 * Testing new production processes.
 * Cooperating in the implementation of technological changes.
 * Managing, coordinating, motivating, and evaluating subordinate employees.
 * Implementing and improving the system of administration and registration of technical documentation.</t>
   </si>
   <si>
     <t>* Zarządzanie i koordynowanie technicznych przygotowań produkcji.
 * Analiza danych wejściowych i wyjściowych związanych z zadaniem roboczym.
 * Testowanie nowych procesów produkcyjnych.
 * Współpraca przy wdrażaniu zmian technologicznych.
 * Zarządzanie, koordynowanie, motywowanie i ocena podległych pracowników.
 * Wdrażanie i doskonalenie systemu administracji i rejestracji dokumentacji technicznej.</t>
   </si>
   <si>
     <t>Upholsterer</t>
@@ -18925,82 +18651,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F782"/>
+  <dimension ref="A1:F772"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F782"/>
+      <selection activeCell="E6" sqref="E6:F772"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2"/>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3"/>
       <c r="B3" s="1">
-        <v>777</v>
+        <v>767</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>2</v>
       </c>
       <c r="B5" t="s">
         <v>3</v>
       </c>
       <c r="C5" t="s">
         <v>4</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="E5" t="s">
         <v>6</v>
       </c>
       <c r="F5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>8</v>
@@ -20021,14546 +19747,14342 @@
         <v>215</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
         <v>143</v>
       </c>
       <c r="B57" t="s">
         <v>144</v>
       </c>
       <c r="C57" t="s">
         <v>216</v>
       </c>
       <c r="D57" t="s">
         <v>217</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
+        <v>143</v>
+      </c>
+      <c r="B58" t="s">
+        <v>144</v>
+      </c>
+      <c r="C58" t="s">
         <v>220</v>
       </c>
-      <c r="B58" t="s">
+      <c r="D58" t="s">
         <v>221</v>
       </c>
-      <c r="C58" t="s">
+      <c r="E58" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="D58" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="2" t="s">
+      <c r="F58" s="2" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B59" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C59" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D59" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B60" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C60" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D60" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B61" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C61" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D61" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B62" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C62" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D62" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B63" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C63" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D63" t="s">
         <v>242</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B64" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C64" t="s">
         <v>245</v>
       </c>
       <c r="D64" t="s">
         <v>246</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B65" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C65" t="s">
         <v>249</v>
       </c>
       <c r="D65" t="s">
         <v>249</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B66" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C66" t="s">
         <v>252</v>
       </c>
       <c r="D66" t="s">
         <v>253</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>254</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B67" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C67" t="s">
         <v>256</v>
       </c>
       <c r="D67" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B68" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C68" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D68" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B69" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C69" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D69" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B70" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C70" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D70" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B71" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C71" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D71" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B72" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C72" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D72" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B73" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C73" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D73" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B74" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C74" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D74" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B75" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C75" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D75" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B76" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C76" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D76" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B77" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C77" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D77" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B78" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C78" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D78" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>220</v>
+        <v>304</v>
       </c>
       <c r="B79" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="C79" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="D79" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>220</v>
+        <v>304</v>
       </c>
       <c r="B80" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="C80" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="D80" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>220</v>
+        <v>304</v>
       </c>
       <c r="B81" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="C81" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D81" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>220</v>
+        <v>304</v>
       </c>
       <c r="B82" t="s">
-        <v>221</v>
+        <v>305</v>
       </c>
       <c r="C82" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="D82" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="B83" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C83" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D83" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="B84" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C84" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D84" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="B85" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C85" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D85" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="B86" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C86" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D86" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="B87" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C87" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D87" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="B88" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C88" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D88" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="B89" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C89" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D89" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="B90" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C90" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D90" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="B91" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C91" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D91" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="B92" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C92" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D92" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="B93" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="C93" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D93" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>319</v>
+        <v>366</v>
       </c>
       <c r="B94" t="s">
-        <v>320</v>
+        <v>367</v>
       </c>
       <c r="C94" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="D94" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>319</v>
+        <v>366</v>
       </c>
       <c r="B95" t="s">
-        <v>320</v>
+        <v>367</v>
       </c>
       <c r="C95" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D95" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>319</v>
+        <v>366</v>
       </c>
       <c r="B96" t="s">
-        <v>320</v>
+        <v>367</v>
       </c>
       <c r="C96" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="D96" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>319</v>
+        <v>366</v>
       </c>
       <c r="B97" t="s">
-        <v>320</v>
+        <v>367</v>
       </c>
       <c r="C97" t="s">
-        <v>377</v>
+        <v>350</v>
       </c>
       <c r="D97" t="s">
-        <v>378</v>
+        <v>351</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>379</v>
+        <v>352</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>319</v>
+        <v>381</v>
       </c>
       <c r="B98" t="s">
-        <v>320</v>
+        <v>382</v>
       </c>
       <c r="C98" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D98" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B99" t="s">
+        <v>382</v>
+      </c>
+      <c r="C99" t="s">
         <v>386</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>387</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" s="2" t="s">
         <v>388</v>
       </c>
-      <c r="E99" s="2" t="s">
+      <c r="F99" s="2" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B100" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="C100" t="s">
+        <v>390</v>
+      </c>
+      <c r="D100" t="s">
         <v>391</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" s="2" t="s">
         <v>392</v>
       </c>
-      <c r="E100" s="2" t="s">
+      <c r="F100" s="2" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B101" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="C101" t="s">
+        <v>394</v>
+      </c>
+      <c r="D101" t="s">
         <v>395</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="E101" s="2" t="s">
+      <c r="F101" s="2" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B102" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="C102" t="s">
-        <v>349</v>
+        <v>398</v>
       </c>
       <c r="D102" t="s">
-        <v>350</v>
+        <v>399</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B103" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="C103" t="s">
-        <v>369</v>
+        <v>402</v>
       </c>
       <c r="D103" t="s">
-        <v>370</v>
+        <v>403</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>371</v>
+        <v>404</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B104" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C104" t="s">
-        <v>222</v>
+        <v>406</v>
       </c>
       <c r="D104" t="s">
-        <v>222</v>
+        <v>407</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B105" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C105" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="D105" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B106" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C106" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="D106" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B107" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C107" t="s">
-        <v>229</v>
+        <v>418</v>
       </c>
       <c r="D107" t="s">
-        <v>230</v>
+        <v>419</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B108" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C108" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="D108" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B109" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C109" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="D109" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B110" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C110" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="D110" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B111" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C111" t="s">
-        <v>237</v>
+        <v>434</v>
       </c>
       <c r="D111" t="s">
-        <v>238</v>
+        <v>435</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B112" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C112" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="D112" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B113" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C113" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="D113" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>437</v>
+        <v>444</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B114" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C114" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="D114" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B115" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C115" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="D115" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B116" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C116" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="D116" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B117" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C117" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="D117" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B118" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C118" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="D118" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B119" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C119" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="D119" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B120" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C120" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="D120" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B121" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C121" t="s">
-        <v>299</v>
+        <v>472</v>
       </c>
       <c r="D121" t="s">
-        <v>300</v>
+        <v>473</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B122" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C122" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="D122" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B123" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C123" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="D123" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>473</v>
+        <v>482</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>474</v>
+        <v>483</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B124" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C124" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="D124" t="s">
-        <v>476</v>
+        <v>485</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>477</v>
+        <v>486</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>478</v>
+        <v>487</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B125" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C125" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="D125" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B126" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C126" t="s">
-        <v>483</v>
+        <v>492</v>
       </c>
       <c r="D126" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B127" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C127" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="D127" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="B128" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="C128" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="D128" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>402</v>
+        <v>503</v>
       </c>
       <c r="B129" t="s">
-        <v>403</v>
+        <v>504</v>
       </c>
       <c r="C129" t="s">
-        <v>494</v>
+        <v>505</v>
       </c>
       <c r="D129" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>496</v>
+        <v>507</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>497</v>
+        <v>508</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>402</v>
+        <v>503</v>
       </c>
       <c r="B130" t="s">
-        <v>403</v>
+        <v>504</v>
       </c>
       <c r="C130" t="s">
-        <v>498</v>
+        <v>509</v>
       </c>
       <c r="D130" t="s">
-        <v>499</v>
+        <v>510</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>402</v>
+        <v>503</v>
       </c>
       <c r="B131" t="s">
-        <v>403</v>
+        <v>504</v>
       </c>
       <c r="C131" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="D131" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>504</v>
+        <v>515</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>505</v>
+        <v>516</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>402</v>
+        <v>503</v>
       </c>
       <c r="B132" t="s">
-        <v>403</v>
+        <v>504</v>
       </c>
       <c r="C132" t="s">
-        <v>506</v>
+        <v>517</v>
       </c>
       <c r="D132" t="s">
-        <v>507</v>
+        <v>518</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>508</v>
+        <v>519</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>509</v>
+        <v>520</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>402</v>
+        <v>503</v>
       </c>
       <c r="B133" t="s">
-        <v>403</v>
+        <v>504</v>
       </c>
       <c r="C133" t="s">
-        <v>510</v>
+        <v>521</v>
       </c>
       <c r="D133" t="s">
-        <v>511</v>
+        <v>522</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>512</v>
+        <v>523</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>513</v>
+        <v>524</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>402</v>
+        <v>503</v>
       </c>
       <c r="B134" t="s">
-        <v>403</v>
+        <v>504</v>
       </c>
       <c r="C134" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="D134" t="s">
-        <v>514</v>
+        <v>526</v>
       </c>
       <c r="E134" s="2" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>516</v>
+        <v>528</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>402</v>
+        <v>503</v>
       </c>
       <c r="B135" t="s">
-        <v>403</v>
+        <v>504</v>
       </c>
       <c r="C135" t="s">
-        <v>517</v>
+        <v>529</v>
       </c>
       <c r="D135" t="s">
-        <v>518</v>
+        <v>530</v>
       </c>
       <c r="E135" s="2" t="s">
-        <v>519</v>
+        <v>531</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B136" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C136" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="D136" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="E136" s="2" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B137" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C137" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="D137" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="E137" s="2" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B138" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C138" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="D138" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="E138" s="2" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B139" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C139" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="D139" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="E139" s="2" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B140" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C140" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
       <c r="D140" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="E140" s="2" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B141" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C141" t="s">
-        <v>543</v>
+        <v>322</v>
       </c>
       <c r="D141" t="s">
-        <v>544</v>
+        <v>323</v>
       </c>
       <c r="E141" s="2" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>546</v>
+        <v>554</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B142" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C142" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="D142" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="E142" s="2" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B143" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C143" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="D143" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="E143" s="2" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B144" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C144" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
       <c r="D144" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="E144" s="2" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B145" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C145" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="D145" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="E145" s="2" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B146" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C146" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
       <c r="D146" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="E146" s="2" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B147" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C147" t="s">
-        <v>337</v>
+        <v>575</v>
       </c>
       <c r="D147" t="s">
-        <v>338</v>
+        <v>576</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B148" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C148" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
       <c r="D148" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B149" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C149" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="D149" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="E149" s="2" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B150" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C150" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
       <c r="D150" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B151" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C151" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="D151" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="E151" s="2" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B152" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C152" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="D152" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="E152" s="2" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B153" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C153" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="D153" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="E153" s="2" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B154" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C154" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="D154" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="E154" s="2" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B155" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C155" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="D155" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="E155" s="2" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B156" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C156" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="D156" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
       <c r="E156" s="2" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B157" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C157" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="D157" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="E157" s="2" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B158" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C158" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="D158" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="E158" s="2" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B159" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C159" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="D159" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
       <c r="E159" s="2" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B160" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C160" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="D160" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="E160" s="2" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B161" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C161" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="D161" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="E161" s="2" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B162" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C162" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="D162" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="E162" s="2" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B163" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C163" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="D163" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="E163" s="2" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B164" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C164" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="D164" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B165" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C165" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="D165" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B166" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C166" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="D166" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B167" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C167" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="D167" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="E167" s="2" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B168" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="C168" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="D168" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>521</v>
+        <v>663</v>
       </c>
       <c r="B169" t="s">
-        <v>522</v>
+        <v>664</v>
       </c>
       <c r="C169" t="s">
-        <v>653</v>
+        <v>665</v>
       </c>
       <c r="D169" t="s">
-        <v>654</v>
+        <v>665</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>656</v>
+        <v>667</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>521</v>
+        <v>663</v>
       </c>
       <c r="B170" t="s">
-        <v>522</v>
+        <v>664</v>
       </c>
       <c r="C170" t="s">
-        <v>657</v>
+        <v>22</v>
       </c>
       <c r="D170" t="s">
-        <v>658</v>
+        <v>23</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>659</v>
+        <v>668</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>660</v>
+        <v>669</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>521</v>
+        <v>663</v>
       </c>
       <c r="B171" t="s">
-        <v>522</v>
+        <v>664</v>
       </c>
       <c r="C171" t="s">
-        <v>661</v>
+        <v>670</v>
       </c>
       <c r="D171" t="s">
-        <v>662</v>
+        <v>671</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>664</v>
+        <v>673</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>521</v>
+        <v>663</v>
       </c>
       <c r="B172" t="s">
-        <v>522</v>
+        <v>664</v>
       </c>
       <c r="C172" t="s">
-        <v>665</v>
+        <v>674</v>
       </c>
       <c r="D172" t="s">
-        <v>666</v>
+        <v>675</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>667</v>
+        <v>676</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>668</v>
+        <v>677</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>521</v>
+        <v>678</v>
       </c>
       <c r="B173" t="s">
-        <v>522</v>
+        <v>679</v>
       </c>
       <c r="C173" t="s">
-        <v>669</v>
+        <v>680</v>
       </c>
       <c r="D173" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>671</v>
+        <v>682</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>672</v>
+        <v>683</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>521</v>
+        <v>678</v>
       </c>
       <c r="B174" t="s">
-        <v>522</v>
+        <v>679</v>
       </c>
       <c r="C174" t="s">
-        <v>673</v>
+        <v>684</v>
       </c>
       <c r="D174" t="s">
-        <v>674</v>
+        <v>685</v>
       </c>
       <c r="E174" s="2" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>676</v>
+        <v>687</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>521</v>
+        <v>678</v>
       </c>
       <c r="B175" t="s">
-        <v>522</v>
+        <v>679</v>
       </c>
       <c r="C175" t="s">
-        <v>677</v>
+        <v>688</v>
       </c>
       <c r="D175" t="s">
-        <v>678</v>
+        <v>689</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>679</v>
+        <v>690</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>680</v>
+        <v>691</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>521</v>
+        <v>678</v>
       </c>
       <c r="B176" t="s">
-        <v>522</v>
+        <v>679</v>
       </c>
       <c r="C176" t="s">
-        <v>681</v>
+        <v>692</v>
       </c>
       <c r="D176" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>684</v>
+        <v>695</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="B177" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="C177" t="s">
-        <v>687</v>
+        <v>696</v>
       </c>
       <c r="D177" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
       <c r="E177" s="2" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="B178" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="C178" t="s">
-        <v>22</v>
+        <v>700</v>
       </c>
       <c r="D178" t="s">
-        <v>23</v>
+        <v>701</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>690</v>
+        <v>702</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>691</v>
+        <v>703</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="B179" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="C179" t="s">
-        <v>692</v>
+        <v>406</v>
       </c>
       <c r="D179" t="s">
-        <v>693</v>
+        <v>407</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="B180" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="C180" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="D180" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B181" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C181" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="D181" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>705</v>
+        <v>713</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B182" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C182" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="D182" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="E182" s="2" t="s">
-        <v>708</v>
+        <v>716</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B183" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C183" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="D183" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="E183" s="2" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B184" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C184" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="D184" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="E184" s="2" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B185" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C185" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="D185" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="E185" s="2" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B186" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C186" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="D186" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B187" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C187" t="s">
-        <v>237</v>
+        <v>733</v>
       </c>
       <c r="D187" t="s">
-        <v>238</v>
+        <v>734</v>
       </c>
       <c r="E187" s="2" t="s">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B188" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C188" t="s">
-        <v>728</v>
+        <v>252</v>
       </c>
       <c r="D188" t="s">
-        <v>729</v>
+        <v>253</v>
       </c>
       <c r="E188" s="2" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B189" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C189" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="D189" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="E189" s="2" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B190" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C190" t="s">
-        <v>736</v>
+        <v>256</v>
       </c>
       <c r="D190" t="s">
-        <v>737</v>
+        <v>257</v>
       </c>
       <c r="E190" s="2" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B191" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C191" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="D191" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="E191" s="2" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B192" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C192" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="D192" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B193" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C193" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="D193" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="E193" s="2" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B194" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C194" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="D194" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="E194" s="2" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B195" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C195" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
       <c r="D195" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="E195" s="2" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B196" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C196" t="s">
-        <v>263</v>
+        <v>765</v>
       </c>
       <c r="D196" t="s">
-        <v>264</v>
+        <v>766</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>760</v>
+        <v>768</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B197" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C197" t="s">
-        <v>761</v>
+        <v>769</v>
       </c>
       <c r="D197" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>763</v>
+        <v>771</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B198" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C198" t="s">
-        <v>267</v>
+        <v>773</v>
       </c>
       <c r="D198" t="s">
-        <v>268</v>
+        <v>774</v>
       </c>
       <c r="E198" s="2" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B199" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C199" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="D199" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>769</v>
+        <v>779</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>770</v>
+        <v>780</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B200" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C200" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="D200" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
       <c r="E200" s="2" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B201" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C201" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
       <c r="D201" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="E201" s="2" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>778</v>
+        <v>788</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="B202" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="C202" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
       <c r="D202" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="E202" s="2" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>700</v>
+        <v>793</v>
       </c>
       <c r="B203" t="s">
-        <v>701</v>
+        <v>794</v>
       </c>
       <c r="C203" t="s">
-        <v>783</v>
+        <v>149</v>
       </c>
       <c r="D203" t="s">
-        <v>784</v>
+        <v>150</v>
       </c>
       <c r="E203" s="2" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>700</v>
+        <v>793</v>
       </c>
       <c r="B204" t="s">
-        <v>701</v>
+        <v>794</v>
       </c>
       <c r="C204" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="D204" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="E204" s="2" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>700</v>
+        <v>793</v>
       </c>
       <c r="B205" t="s">
-        <v>701</v>
+        <v>794</v>
       </c>
       <c r="C205" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="D205" t="s">
-        <v>792</v>
+        <v>802</v>
       </c>
       <c r="E205" s="2" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>700</v>
+        <v>793</v>
       </c>
       <c r="B206" t="s">
-        <v>701</v>
+        <v>794</v>
       </c>
       <c r="C206" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
       <c r="D206" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="E206" s="2" t="s">
-        <v>797</v>
+        <v>807</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>798</v>
+        <v>808</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>700</v>
+        <v>793</v>
       </c>
       <c r="B207" t="s">
-        <v>701</v>
+        <v>794</v>
       </c>
       <c r="C207" t="s">
-        <v>799</v>
+        <v>809</v>
       </c>
       <c r="D207" t="s">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="E207" s="2" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>700</v>
+        <v>793</v>
       </c>
       <c r="B208" t="s">
-        <v>701</v>
+        <v>794</v>
       </c>
       <c r="C208" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="D208" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="E208" s="2" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>700</v>
+        <v>793</v>
       </c>
       <c r="B209" t="s">
-        <v>701</v>
+        <v>794</v>
       </c>
       <c r="C209" t="s">
-        <v>807</v>
+        <v>817</v>
       </c>
       <c r="D209" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>810</v>
+        <v>820</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>700</v>
+        <v>793</v>
       </c>
       <c r="B210" t="s">
-        <v>701</v>
+        <v>794</v>
       </c>
       <c r="C210" t="s">
-        <v>811</v>
+        <v>821</v>
       </c>
       <c r="D210" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="E210" s="2" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B211" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C211" t="s">
-        <v>149</v>
+        <v>825</v>
       </c>
       <c r="D211" t="s">
-        <v>150</v>
+        <v>826</v>
       </c>
       <c r="E211" s="2" t="s">
-        <v>817</v>
+        <v>827</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>818</v>
+        <v>828</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B212" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C212" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="D212" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="E212" s="2" t="s">
-        <v>821</v>
+        <v>831</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>822</v>
+        <v>832</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B213" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C213" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="D213" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="E213" s="2" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B214" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C214" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="D214" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="E214" s="2" t="s">
-        <v>829</v>
+        <v>839</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B215" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C215" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="D215" t="s">
-        <v>832</v>
+        <v>842</v>
       </c>
       <c r="E215" s="2" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B216" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C216" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="D216" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="E216" s="2" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B217" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C217" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
       <c r="D217" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="E217" s="2" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B218" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C218" t="s">
-        <v>843</v>
+        <v>853</v>
       </c>
       <c r="D218" t="s">
-        <v>844</v>
+        <v>854</v>
       </c>
       <c r="E218" s="2" t="s">
-        <v>845</v>
+        <v>855</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>846</v>
+        <v>856</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B219" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C219" t="s">
-        <v>847</v>
+        <v>857</v>
       </c>
       <c r="D219" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="E219" s="2" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>850</v>
+        <v>860</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B220" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C220" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="D220" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="E220" s="2" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B221" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C221" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="D221" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="E221" s="2" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B222" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C222" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="D222" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B223" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C223" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="D223" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="E223" s="2" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B224" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C224" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="D224" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
       <c r="E224" s="2" t="s">
-        <v>869</v>
+        <v>879</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B225" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C225" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="D225" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
       <c r="E225" s="2" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>874</v>
+        <v>884</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B226" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C226" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="D226" t="s">
-        <v>876</v>
+        <v>886</v>
       </c>
       <c r="E226" s="2" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B227" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C227" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="D227" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="E227" s="2" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B228" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C228" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="D228" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="E228" s="2" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>886</v>
+        <v>896</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B229" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C229" t="s">
-        <v>887</v>
+        <v>897</v>
       </c>
       <c r="D229" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="E229" s="2" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B230" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C230" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="D230" t="s">
-        <v>892</v>
+        <v>902</v>
       </c>
       <c r="E230" s="2" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B231" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C231" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="D231" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="E231" s="2" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B232" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="C232" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="D232" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="E232" s="2" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>815</v>
+        <v>913</v>
       </c>
       <c r="B233" t="s">
-        <v>816</v>
+        <v>914</v>
       </c>
       <c r="C233" t="s">
-        <v>903</v>
+        <v>322</v>
       </c>
       <c r="D233" t="s">
-        <v>904</v>
+        <v>323</v>
       </c>
       <c r="E233" s="2" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>815</v>
+        <v>913</v>
       </c>
       <c r="B234" t="s">
-        <v>816</v>
+        <v>914</v>
       </c>
       <c r="C234" t="s">
-        <v>907</v>
+        <v>555</v>
       </c>
       <c r="D234" t="s">
-        <v>908</v>
+        <v>556</v>
       </c>
       <c r="E234" s="2" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>815</v>
+        <v>913</v>
       </c>
       <c r="B235" t="s">
-        <v>816</v>
+        <v>914</v>
       </c>
       <c r="C235" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="D235" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="E235" s="2" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>815</v>
+        <v>913</v>
       </c>
       <c r="B236" t="s">
-        <v>816</v>
+        <v>914</v>
       </c>
       <c r="C236" t="s">
-        <v>915</v>
+        <v>330</v>
       </c>
       <c r="D236" t="s">
-        <v>916</v>
+        <v>331</v>
       </c>
       <c r="E236" s="2" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>815</v>
+        <v>913</v>
       </c>
       <c r="B237" t="s">
-        <v>816</v>
+        <v>914</v>
       </c>
       <c r="C237" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="D237" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="E237" s="2" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>815</v>
+        <v>913</v>
       </c>
       <c r="B238" t="s">
-        <v>816</v>
+        <v>914</v>
       </c>
       <c r="C238" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="D238" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="E238" s="2" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>815</v>
+        <v>913</v>
       </c>
       <c r="B239" t="s">
-        <v>816</v>
+        <v>914</v>
       </c>
       <c r="C239" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="D239" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="E239" s="2" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>815</v>
+        <v>913</v>
       </c>
       <c r="B240" t="s">
-        <v>816</v>
+        <v>914</v>
       </c>
       <c r="C240" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="D240" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="E240" s="2" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>815</v>
+        <v>913</v>
       </c>
       <c r="B241" t="s">
-        <v>816</v>
+        <v>914</v>
       </c>
       <c r="C241" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="D241" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="E241" s="2" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
-        <v>939</v>
+        <v>913</v>
       </c>
       <c r="B242" t="s">
-        <v>940</v>
+        <v>914</v>
       </c>
       <c r="C242" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="D242" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="E242" s="2" t="s">
-        <v>941</v>
+        <v>336</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>939</v>
+        <v>913</v>
       </c>
       <c r="B243" t="s">
-        <v>940</v>
+        <v>914</v>
       </c>
       <c r="C243" t="s">
-        <v>569</v>
+        <v>946</v>
       </c>
       <c r="D243" t="s">
-        <v>570</v>
+        <v>947</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>939</v>
+        <v>913</v>
       </c>
       <c r="B244" t="s">
-        <v>940</v>
+        <v>914</v>
       </c>
       <c r="C244" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="D244" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="E244" s="2" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>939</v>
+        <v>913</v>
       </c>
       <c r="B245" t="s">
-        <v>940</v>
+        <v>914</v>
       </c>
       <c r="C245" t="s">
-        <v>345</v>
+        <v>954</v>
       </c>
       <c r="D245" t="s">
-        <v>346</v>
+        <v>955</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>939</v>
+        <v>913</v>
       </c>
       <c r="B246" t="s">
-        <v>940</v>
+        <v>914</v>
       </c>
       <c r="C246" t="s">
-        <v>951</v>
+        <v>342</v>
       </c>
       <c r="D246" t="s">
-        <v>952</v>
+        <v>343</v>
       </c>
       <c r="E246" s="2" t="s">
-        <v>953</v>
+        <v>344</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>939</v>
+        <v>913</v>
       </c>
       <c r="B247" t="s">
-        <v>940</v>
+        <v>914</v>
       </c>
       <c r="C247" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="D247" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>939</v>
+        <v>913</v>
       </c>
       <c r="B248" t="s">
-        <v>940</v>
+        <v>914</v>
       </c>
       <c r="C248" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="D248" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="E248" s="2" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>939</v>
+        <v>913</v>
       </c>
       <c r="B249" t="s">
-        <v>940</v>
+        <v>914</v>
       </c>
       <c r="C249" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="D249" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="E249" s="2" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>939</v>
+        <v>913</v>
       </c>
       <c r="B250" t="s">
-        <v>940</v>
+        <v>914</v>
       </c>
       <c r="C250" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="D250" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="E250" s="2" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>939</v>
+        <v>913</v>
       </c>
       <c r="B251" t="s">
-        <v>940</v>
+        <v>914</v>
       </c>
       <c r="C251" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="D251" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>355</v>
+        <v>975</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>939</v>
+        <v>977</v>
       </c>
       <c r="B252" t="s">
-        <v>940</v>
+        <v>978</v>
       </c>
       <c r="C252" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="D252" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>939</v>
+        <v>977</v>
       </c>
       <c r="B253" t="s">
-        <v>940</v>
+        <v>978</v>
       </c>
       <c r="C253" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="D253" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="E253" s="2" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>939</v>
+        <v>977</v>
       </c>
       <c r="B254" t="s">
-        <v>940</v>
+        <v>978</v>
       </c>
       <c r="C254" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="D254" t="s">
-        <v>981</v>
+        <v>978</v>
       </c>
       <c r="E254" s="2" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>939</v>
+        <v>977</v>
       </c>
       <c r="B255" t="s">
-        <v>940</v>
+        <v>978</v>
       </c>
       <c r="C255" t="s">
-        <v>361</v>
+        <v>989</v>
       </c>
       <c r="D255" t="s">
-        <v>362</v>
+        <v>990</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>363</v>
+        <v>991</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>939</v>
+        <v>977</v>
       </c>
       <c r="B256" t="s">
-        <v>940</v>
+        <v>978</v>
       </c>
       <c r="C256" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="D256" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>988</v>
+        <v>996</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>939</v>
+        <v>977</v>
       </c>
       <c r="B257" t="s">
-        <v>940</v>
+        <v>978</v>
       </c>
       <c r="C257" t="s">
-        <v>989</v>
+        <v>997</v>
       </c>
       <c r="D257" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="E257" s="2" t="s">
-        <v>991</v>
+        <v>999</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>992</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>939</v>
+        <v>977</v>
       </c>
       <c r="B258" t="s">
-        <v>940</v>
+        <v>978</v>
       </c>
       <c r="C258" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
       <c r="D258" t="s">
-        <v>994</v>
+        <v>1002</v>
       </c>
       <c r="E258" s="2" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>939</v>
+        <v>1005</v>
       </c>
       <c r="B259" t="s">
-        <v>940</v>
+        <v>1006</v>
       </c>
       <c r="C259" t="s">
-        <v>997</v>
+        <v>1007</v>
       </c>
       <c r="D259" t="s">
-        <v>998</v>
+        <v>1008</v>
       </c>
       <c r="E259" s="2" t="s">
-        <v>999</v>
+        <v>1009</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>1000</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>939</v>
+        <v>1005</v>
       </c>
       <c r="B260" t="s">
-        <v>940</v>
+        <v>1006</v>
       </c>
       <c r="C260" t="s">
-        <v>369</v>
+        <v>1011</v>
       </c>
       <c r="D260" t="s">
-        <v>370</v>
+        <v>1012</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>1001</v>
+        <v>1013</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>1002</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B261" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C261" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
       <c r="D261" t="s">
-        <v>1005</v>
+        <v>1016</v>
       </c>
       <c r="E261" s="2" t="s">
-        <v>1006</v>
+        <v>1017</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>1007</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B262" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C262" t="s">
-        <v>1008</v>
+        <v>1019</v>
       </c>
       <c r="D262" t="s">
-        <v>1009</v>
+        <v>1020</v>
       </c>
       <c r="E262" s="2" t="s">
-        <v>1010</v>
+        <v>1021</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>1011</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B263" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C263" t="s">
-        <v>1012</v>
+        <v>1023</v>
       </c>
       <c r="D263" t="s">
-        <v>1004</v>
+        <v>1024</v>
       </c>
       <c r="E263" s="2" t="s">
-        <v>1013</v>
+        <v>1025</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>1014</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B264" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C264" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="D264" t="s">
-        <v>1016</v>
+        <v>1027</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>1017</v>
+        <v>1028</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>1018</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B265" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C265" t="s">
-        <v>1019</v>
+        <v>1030</v>
       </c>
       <c r="D265" t="s">
-        <v>1020</v>
+        <v>1031</v>
       </c>
       <c r="E265" s="2" t="s">
-        <v>1021</v>
+        <v>1032</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>1022</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B266" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C266" t="s">
-        <v>1023</v>
+        <v>1034</v>
       </c>
       <c r="D266" t="s">
-        <v>1024</v>
+        <v>1035</v>
       </c>
       <c r="E266" s="2" t="s">
-        <v>1025</v>
+        <v>1036</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>1026</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="B267" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C267" t="s">
-        <v>1027</v>
+        <v>1038</v>
       </c>
       <c r="D267" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="E267" s="2" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
-        <v>1031</v>
+        <v>1005</v>
       </c>
       <c r="B268" t="s">
-        <v>1032</v>
+        <v>1006</v>
       </c>
       <c r="C268" t="s">
-        <v>1033</v>
+        <v>1041</v>
       </c>
       <c r="D268" t="s">
-        <v>1034</v>
+        <v>1042</v>
       </c>
       <c r="E268" s="2" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>1031</v>
+        <v>1005</v>
       </c>
       <c r="B269" t="s">
-        <v>1032</v>
+        <v>1006</v>
       </c>
       <c r="C269" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
       <c r="D269" t="s">
-        <v>1038</v>
+        <v>902</v>
       </c>
       <c r="E269" s="2" t="s">
-        <v>1039</v>
+        <v>1046</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>1031</v>
+        <v>1005</v>
       </c>
       <c r="B270" t="s">
-        <v>1032</v>
+        <v>1006</v>
       </c>
       <c r="C270" t="s">
-        <v>1041</v>
+        <v>1048</v>
       </c>
       <c r="D270" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="E270" s="2" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>1031</v>
+        <v>1005</v>
       </c>
       <c r="B271" t="s">
-        <v>1032</v>
+        <v>1006</v>
       </c>
       <c r="C271" t="s">
-        <v>259</v>
+        <v>1052</v>
       </c>
       <c r="D271" t="s">
-        <v>260</v>
+        <v>1053</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>1045</v>
+        <v>1054</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>1046</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="B272" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="C272" t="s">
-        <v>1047</v>
+        <v>1058</v>
       </c>
       <c r="D272" t="s">
-        <v>1048</v>
+        <v>1059</v>
       </c>
       <c r="E272" s="2" t="s">
-        <v>1049</v>
+        <v>1060</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>1050</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="B273" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="C273" t="s">
-        <v>1051</v>
+        <v>1062</v>
       </c>
       <c r="D273" t="s">
-        <v>1052</v>
+        <v>1063</v>
       </c>
       <c r="E273" s="2" t="s">
-        <v>1053</v>
+        <v>1064</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>1054</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="B274" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="C274" t="s">
-        <v>1055</v>
+        <v>1066</v>
       </c>
       <c r="D274" t="s">
-        <v>1055</v>
+        <v>1067</v>
       </c>
       <c r="E274" s="2" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="B275" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="C275" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
       <c r="D275" t="s">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c r="E275" s="2" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="B276" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="C276" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="D276" t="s">
-        <v>1063</v>
+        <v>1074</v>
       </c>
       <c r="E276" s="2" t="s">
-        <v>1064</v>
+        <v>1075</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>1065</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="B277" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="C277" t="s">
-        <v>1066</v>
+        <v>1077</v>
       </c>
       <c r="D277" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
       <c r="E277" s="2" t="s">
-        <v>1067</v>
+        <v>1079</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="B278" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="C278" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="D278" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
       <c r="E278" s="2" t="s">
-        <v>1071</v>
+        <v>1082</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>1072</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="B279" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="C279" t="s">
-        <v>1073</v>
+        <v>1084</v>
       </c>
       <c r="D279" t="s">
-        <v>928</v>
+        <v>1085</v>
       </c>
       <c r="E279" s="2" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>1075</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="B280" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="C280" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="D280" t="s">
-        <v>1077</v>
+        <v>1089</v>
       </c>
       <c r="E280" s="2" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>1079</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>1031</v>
+        <v>1056</v>
       </c>
       <c r="B281" t="s">
-        <v>1032</v>
+        <v>1057</v>
       </c>
       <c r="C281" t="s">
-        <v>1080</v>
+        <v>1092</v>
       </c>
       <c r="D281" t="s">
-        <v>1081</v>
+        <v>1093</v>
       </c>
       <c r="E281" s="2" t="s">
-        <v>1082</v>
+        <v>1094</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>1083</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B282" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C282" t="s">
-        <v>1086</v>
+        <v>1096</v>
       </c>
       <c r="D282" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="E282" s="2" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B283" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C283" t="s">
-        <v>1090</v>
+        <v>1100</v>
       </c>
       <c r="D283" t="s">
-        <v>1091</v>
+        <v>1100</v>
       </c>
       <c r="E283" s="2" t="s">
-        <v>1092</v>
+        <v>1101</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>1093</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B284" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C284" t="s">
-        <v>1094</v>
+        <v>1103</v>
       </c>
       <c r="D284" t="s">
-        <v>1095</v>
+        <v>1104</v>
       </c>
       <c r="E284" s="2" t="s">
-        <v>1096</v>
+        <v>1105</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>1097</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B285" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C285" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
       <c r="D285" t="s">
-        <v>1098</v>
+        <v>1108</v>
       </c>
       <c r="E285" s="2" t="s">
-        <v>1099</v>
+        <v>1109</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B286" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C286" t="s">
-        <v>1101</v>
+        <v>1111</v>
       </c>
       <c r="D286" t="s">
-        <v>1102</v>
+        <v>1112</v>
       </c>
       <c r="E286" s="2" t="s">
-        <v>1103</v>
+        <v>1113</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B287" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C287" t="s">
-        <v>1105</v>
+        <v>1115</v>
       </c>
       <c r="D287" t="s">
-        <v>1105</v>
+        <v>1116</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1106</v>
+        <v>1117</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1107</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B288" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C288" t="s">
-        <v>1108</v>
+        <v>1119</v>
       </c>
       <c r="D288" t="s">
-        <v>1109</v>
+        <v>1119</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1110</v>
+        <v>1120</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1111</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B289" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C289" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
       <c r="D289" t="s">
-        <v>1113</v>
+        <v>1123</v>
       </c>
       <c r="E289" s="2" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>1115</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B290" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C290" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="D290" t="s">
-        <v>1117</v>
+        <v>1126</v>
       </c>
       <c r="E290" s="2" t="s">
-        <v>1118</v>
+        <v>1127</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>1119</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B291" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C291" t="s">
-        <v>1120</v>
+        <v>1129</v>
       </c>
       <c r="D291" t="s">
-        <v>1121</v>
+        <v>1130</v>
       </c>
       <c r="E291" s="2" t="s">
-        <v>1122</v>
+        <v>1131</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B292" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C292" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="D292" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B293" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C293" t="s">
-        <v>1127</v>
+        <v>1136</v>
       </c>
       <c r="D293" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>1129</v>
+        <v>1138</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1130</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B294" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C294" t="s">
-        <v>1131</v>
+        <v>1140</v>
       </c>
       <c r="D294" t="s">
-        <v>1132</v>
+        <v>1140</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B295" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C295" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
       <c r="D295" t="s">
-        <v>1136</v>
+        <v>1144</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B296" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C296" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c r="D296" t="s">
-        <v>1140</v>
+        <v>1148</v>
       </c>
       <c r="E296" s="2" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>1142</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B297" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C297" t="s">
-        <v>1143</v>
+        <v>1151</v>
       </c>
       <c r="D297" t="s">
-        <v>1143</v>
+        <v>1151</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>1144</v>
+        <v>1152</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>1145</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B298" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C298" t="s">
-        <v>1146</v>
+        <v>1154</v>
       </c>
       <c r="D298" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>1148</v>
+        <v>1155</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B299" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C299" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
       <c r="D299" t="s">
-        <v>1150</v>
+        <v>1158</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>1151</v>
+        <v>1159</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B300" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C300" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
       <c r="D300" t="s">
-        <v>1154</v>
+        <v>1162</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>1155</v>
+        <v>1163</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>1156</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B301" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C301" t="s">
-        <v>1157</v>
+        <v>1165</v>
       </c>
       <c r="D301" t="s">
-        <v>1157</v>
+        <v>1165</v>
       </c>
       <c r="E301" s="2" t="s">
-        <v>1158</v>
+        <v>1166</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>1159</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B302" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C302" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
       <c r="D302" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="E302" s="2" t="s">
-        <v>1162</v>
+        <v>1170</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>1163</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B303" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C303" t="s">
-        <v>1164</v>
+        <v>1172</v>
       </c>
       <c r="D303" t="s">
-        <v>1164</v>
+        <v>1173</v>
       </c>
       <c r="E303" s="2" t="s">
-        <v>1165</v>
+        <v>1174</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>1166</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B304" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C304" t="s">
-        <v>1167</v>
+        <v>1176</v>
       </c>
       <c r="D304" t="s">
-        <v>1168</v>
+        <v>1177</v>
       </c>
       <c r="E304" s="2" t="s">
-        <v>1169</v>
+        <v>1178</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>1170</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B305" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C305" t="s">
-        <v>1171</v>
+        <v>1180</v>
       </c>
       <c r="D305" t="s">
-        <v>1172</v>
+        <v>1181</v>
       </c>
       <c r="E305" s="2" t="s">
-        <v>1173</v>
+        <v>1182</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B306" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C306" t="s">
-        <v>1175</v>
+        <v>1184</v>
       </c>
       <c r="D306" t="s">
-        <v>1175</v>
+        <v>1185</v>
       </c>
       <c r="E306" s="2" t="s">
-        <v>1176</v>
+        <v>1186</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>1177</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B307" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C307" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="D307" t="s">
-        <v>1178</v>
+        <v>1189</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>1179</v>
+        <v>1190</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>1180</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B308" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C308" t="s">
-        <v>1181</v>
+        <v>1192</v>
       </c>
       <c r="D308" t="s">
-        <v>1182</v>
+        <v>1193</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>1183</v>
+        <v>1194</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>1184</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B309" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C309" t="s">
-        <v>1185</v>
+        <v>1196</v>
       </c>
       <c r="D309" t="s">
-        <v>1186</v>
+        <v>1197</v>
       </c>
       <c r="E309" s="2" t="s">
-        <v>1187</v>
+        <v>1198</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>1188</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B310" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C310" t="s">
-        <v>1189</v>
+        <v>1200</v>
       </c>
       <c r="D310" t="s">
-        <v>1189</v>
+        <v>1201</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>1190</v>
+        <v>1202</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>1191</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B311" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C311" t="s">
-        <v>1192</v>
+        <v>1204</v>
       </c>
       <c r="D311" t="s">
-        <v>1193</v>
+        <v>1205</v>
       </c>
       <c r="E311" s="2" t="s">
-        <v>1194</v>
+        <v>1206</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>1195</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B312" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C312" t="s">
-        <v>1196</v>
+        <v>1208</v>
       </c>
       <c r="D312" t="s">
-        <v>1197</v>
+        <v>1209</v>
       </c>
       <c r="E312" s="2" t="s">
-        <v>1198</v>
+        <v>1210</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>1199</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B313" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C313" t="s">
-        <v>1200</v>
+        <v>1212</v>
       </c>
       <c r="D313" t="s">
-        <v>1201</v>
+        <v>1213</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>1202</v>
+        <v>1214</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>1203</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B314" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C314" t="s">
-        <v>1204</v>
+        <v>1216</v>
       </c>
       <c r="D314" t="s">
-        <v>1205</v>
+        <v>1217</v>
       </c>
       <c r="E314" s="2" t="s">
-        <v>1206</v>
+        <v>1218</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>1207</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B315" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C315" t="s">
-        <v>1208</v>
+        <v>1220</v>
       </c>
       <c r="D315" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>1210</v>
+        <v>1222</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>1211</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B316" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C316" t="s">
-        <v>1212</v>
+        <v>1224</v>
       </c>
       <c r="D316" t="s">
-        <v>1213</v>
+        <v>1225</v>
       </c>
       <c r="E316" s="2" t="s">
-        <v>1214</v>
+        <v>1226</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>1215</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B317" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C317" t="s">
-        <v>1216</v>
+        <v>1228</v>
       </c>
       <c r="D317" t="s">
-        <v>1217</v>
+        <v>1229</v>
       </c>
       <c r="E317" s="2" t="s">
-        <v>1218</v>
+        <v>1230</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>1219</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B318" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C318" t="s">
-        <v>1220</v>
+        <v>1232</v>
       </c>
       <c r="D318" t="s">
-        <v>1221</v>
+        <v>1233</v>
       </c>
       <c r="E318" s="2" t="s">
-        <v>1222</v>
+        <v>1234</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>1223</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B319" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C319" t="s">
-        <v>1224</v>
+        <v>1236</v>
       </c>
       <c r="D319" t="s">
-        <v>1225</v>
+        <v>1237</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>1226</v>
+        <v>1238</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1227</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B320" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C320" t="s">
-        <v>1228</v>
+        <v>1240</v>
       </c>
       <c r="D320" t="s">
-        <v>1229</v>
+        <v>1241</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>1231</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B321" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C321" t="s">
-        <v>1232</v>
+        <v>1244</v>
       </c>
       <c r="D321" t="s">
-        <v>1233</v>
+        <v>1245</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>1234</v>
+        <v>1246</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>1235</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B322" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C322" t="s">
-        <v>1236</v>
+        <v>1248</v>
       </c>
       <c r="D322" t="s">
-        <v>1237</v>
+        <v>1249</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>1238</v>
+        <v>1250</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>1239</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B323" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C323" t="s">
-        <v>1240</v>
+        <v>1252</v>
       </c>
       <c r="D323" t="s">
-        <v>1241</v>
+        <v>1253</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>1242</v>
+        <v>1254</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>1243</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B324" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C324" t="s">
-        <v>1244</v>
+        <v>1256</v>
       </c>
       <c r="D324" t="s">
-        <v>1245</v>
+        <v>1257</v>
       </c>
       <c r="E324" s="2" t="s">
-        <v>1246</v>
+        <v>1258</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>1247</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B325" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C325" t="s">
-        <v>1248</v>
+        <v>1260</v>
       </c>
       <c r="D325" t="s">
-        <v>1249</v>
+        <v>1260</v>
       </c>
       <c r="E325" s="2" t="s">
-        <v>1250</v>
+        <v>1261</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>1251</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B326" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C326" t="s">
-        <v>1252</v>
+        <v>963</v>
       </c>
       <c r="D326" t="s">
-        <v>1253</v>
+        <v>964</v>
       </c>
       <c r="E326" s="2" t="s">
-        <v>1254</v>
+        <v>1263</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>1255</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B327" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C327" t="s">
-        <v>1256</v>
+        <v>967</v>
       </c>
       <c r="D327" t="s">
-        <v>1257</v>
+        <v>968</v>
       </c>
       <c r="E327" s="2" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B328" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C328" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="D328" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="E328" s="2" t="s">
-        <v>1262</v>
+        <v>1269</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B329" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C329" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="D329" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="E329" s="2" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B330" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C330" t="s">
-        <v>1268</v>
+        <v>1275</v>
       </c>
       <c r="D330" t="s">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="E330" s="2" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B331" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C331" t="s">
-        <v>1272</v>
+        <v>1279</v>
       </c>
       <c r="D331" t="s">
-        <v>1272</v>
+        <v>1280</v>
       </c>
       <c r="E331" s="2" t="s">
-        <v>1273</v>
+        <v>1281</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>1274</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B332" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C332" t="s">
-        <v>989</v>
+        <v>1283</v>
       </c>
       <c r="D332" t="s">
-        <v>990</v>
+        <v>1284</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1275</v>
+        <v>1285</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1276</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B333" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C333" t="s">
-        <v>993</v>
+        <v>1287</v>
       </c>
       <c r="D333" t="s">
-        <v>994</v>
+        <v>1287</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>1277</v>
+        <v>1288</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1278</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B334" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C334" t="s">
-        <v>1279</v>
+        <v>1290</v>
       </c>
       <c r="D334" t="s">
-        <v>1280</v>
+        <v>1290</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>1281</v>
+        <v>1291</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1282</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B335" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C335" t="s">
-        <v>1283</v>
+        <v>1293</v>
       </c>
       <c r="D335" t="s">
-        <v>1284</v>
+        <v>1294</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>1285</v>
+        <v>1295</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1286</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B336" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C336" t="s">
-        <v>1287</v>
+        <v>1297</v>
       </c>
       <c r="D336" t="s">
-        <v>1288</v>
+        <v>1298</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>1289</v>
+        <v>1299</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1290</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1084</v>
+        <v>1056</v>
       </c>
       <c r="B337" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="C337" t="s">
-        <v>1291</v>
+        <v>1301</v>
       </c>
       <c r="D337" t="s">
-        <v>1291</v>
+        <v>1302</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1293</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1084</v>
+        <v>1305</v>
       </c>
       <c r="B338" t="s">
-        <v>1085</v>
+        <v>1306</v>
       </c>
       <c r="C338" t="s">
-        <v>1294</v>
+        <v>1307</v>
       </c>
       <c r="D338" t="s">
-        <v>1294</v>
+        <v>1308</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>1295</v>
+        <v>1309</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>1296</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1084</v>
+        <v>1305</v>
       </c>
       <c r="B339" t="s">
-        <v>1085</v>
+        <v>1306</v>
       </c>
       <c r="C339" t="s">
-        <v>1297</v>
+        <v>1311</v>
       </c>
       <c r="D339" t="s">
-        <v>1298</v>
+        <v>1312</v>
       </c>
       <c r="E339" s="2" t="s">
-        <v>1299</v>
+        <v>1313</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>1300</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1084</v>
+        <v>1305</v>
       </c>
       <c r="B340" t="s">
-        <v>1085</v>
+        <v>1306</v>
       </c>
       <c r="C340" t="s">
-        <v>1301</v>
+        <v>1315</v>
       </c>
       <c r="D340" t="s">
-        <v>1302</v>
+        <v>1316</v>
       </c>
       <c r="E340" s="2" t="s">
-        <v>1303</v>
+        <v>1317</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>1304</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1084</v>
+        <v>1305</v>
       </c>
       <c r="B341" t="s">
-        <v>1085</v>
+        <v>1306</v>
       </c>
       <c r="C341" t="s">
-        <v>1305</v>
+        <v>1319</v>
       </c>
       <c r="D341" t="s">
-        <v>1306</v>
+        <v>1320</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>1307</v>
+        <v>1321</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1308</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B342" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C342" t="s">
-        <v>1311</v>
+        <v>1323</v>
       </c>
       <c r="D342" t="s">
-        <v>1312</v>
+        <v>1324</v>
       </c>
       <c r="E342" s="2" t="s">
-        <v>1313</v>
+        <v>1325</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>1314</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B343" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C343" t="s">
-        <v>1315</v>
+        <v>1327</v>
       </c>
       <c r="D343" t="s">
-        <v>1316</v>
+        <v>1328</v>
       </c>
       <c r="E343" s="2" t="s">
-        <v>1317</v>
+        <v>1329</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>1318</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B344" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C344" t="s">
-        <v>229</v>
+        <v>1331</v>
       </c>
       <c r="D344" t="s">
-        <v>230</v>
+        <v>1332</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>1319</v>
+        <v>1333</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1320</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B345" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C345" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="D345" t="s">
-        <v>1322</v>
+        <v>1336</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1324</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B346" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C346" t="s">
-        <v>259</v>
+        <v>1339</v>
       </c>
       <c r="D346" t="s">
-        <v>260</v>
+        <v>1340</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>1325</v>
+        <v>1341</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1326</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B347" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C347" t="s">
-        <v>1327</v>
+        <v>1343</v>
       </c>
       <c r="D347" t="s">
-        <v>1328</v>
+        <v>1344</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>1329</v>
+        <v>1345</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1330</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B348" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C348" t="s">
-        <v>1331</v>
+        <v>1347</v>
       </c>
       <c r="D348" t="s">
-        <v>1332</v>
+        <v>1348</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>1333</v>
+        <v>1349</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>1334</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B349" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C349" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="D349" t="s">
-        <v>1336</v>
+        <v>1352</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>1337</v>
+        <v>1353</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1338</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B350" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C350" t="s">
-        <v>1339</v>
+        <v>1355</v>
       </c>
       <c r="D350" t="s">
-        <v>1340</v>
+        <v>1356</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1341</v>
+        <v>1357</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1342</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B351" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C351" t="s">
-        <v>1343</v>
+        <v>1359</v>
       </c>
       <c r="D351" t="s">
-        <v>1344</v>
+        <v>1360</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>1345</v>
+        <v>1361</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1346</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B352" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C352" t="s">
-        <v>1347</v>
+        <v>1363</v>
       </c>
       <c r="D352" t="s">
-        <v>1348</v>
+        <v>1364</v>
       </c>
       <c r="E352" s="2" t="s">
-        <v>1349</v>
+        <v>1365</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>1350</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B353" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C353" t="s">
-        <v>1351</v>
+        <v>1367</v>
       </c>
       <c r="D353" t="s">
-        <v>1352</v>
+        <v>1368</v>
       </c>
       <c r="E353" s="2" t="s">
-        <v>1353</v>
+        <v>1369</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>1354</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B354" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C354" t="s">
-        <v>1355</v>
+        <v>1371</v>
       </c>
       <c r="D354" t="s">
-        <v>1356</v>
+        <v>1372</v>
       </c>
       <c r="E354" s="2" t="s">
-        <v>1357</v>
+        <v>1373</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>1358</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B355" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C355" t="s">
-        <v>1359</v>
+        <v>1375</v>
       </c>
       <c r="D355" t="s">
-        <v>1360</v>
+        <v>1376</v>
       </c>
       <c r="E355" s="2" t="s">
-        <v>1361</v>
+        <v>1369</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>1362</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="B356" t="s">
-        <v>1310</v>
+        <v>1306</v>
       </c>
       <c r="C356" t="s">
-        <v>1363</v>
+        <v>1378</v>
       </c>
       <c r="D356" t="s">
-        <v>1364</v>
+        <v>1379</v>
       </c>
       <c r="E356" s="2" t="s">
-        <v>1365</v>
+        <v>1380</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>1366</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
-        <v>1309</v>
+        <v>1382</v>
       </c>
       <c r="B357" t="s">
-        <v>1310</v>
+        <v>1383</v>
       </c>
       <c r="C357" t="s">
-        <v>1367</v>
+        <v>1384</v>
       </c>
       <c r="D357" t="s">
-        <v>1368</v>
+        <v>1385</v>
       </c>
       <c r="E357" s="2" t="s">
-        <v>1369</v>
+        <v>1386</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>1370</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1309</v>
+        <v>1382</v>
       </c>
       <c r="B358" t="s">
-        <v>1310</v>
+        <v>1383</v>
       </c>
       <c r="C358" t="s">
-        <v>1371</v>
+        <v>1388</v>
       </c>
       <c r="D358" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>1373</v>
+        <v>1390</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>1374</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1309</v>
+        <v>1382</v>
       </c>
       <c r="B359" t="s">
-        <v>1310</v>
+        <v>1383</v>
       </c>
       <c r="C359" t="s">
-        <v>1375</v>
+        <v>1392</v>
       </c>
       <c r="D359" t="s">
-        <v>1376</v>
+        <v>1393</v>
       </c>
       <c r="E359" s="2" t="s">
-        <v>1377</v>
+        <v>1394</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>1378</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1309</v>
+        <v>1382</v>
       </c>
       <c r="B360" t="s">
-        <v>1310</v>
+        <v>1383</v>
       </c>
       <c r="C360" t="s">
-        <v>1379</v>
+        <v>1396</v>
       </c>
       <c r="D360" t="s">
-        <v>1380</v>
+        <v>1397</v>
       </c>
       <c r="E360" s="2" t="s">
-        <v>1381</v>
+        <v>1398</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>1382</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1309</v>
+        <v>1382</v>
       </c>
       <c r="B361" t="s">
-        <v>1310</v>
+        <v>1383</v>
       </c>
       <c r="C361" t="s">
-        <v>1383</v>
+        <v>1400</v>
       </c>
       <c r="D361" t="s">
-        <v>1384</v>
+        <v>1400</v>
       </c>
       <c r="E361" s="2" t="s">
-        <v>1377</v>
+        <v>1401</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>1385</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1309</v>
+        <v>1382</v>
       </c>
       <c r="B362" t="s">
-        <v>1310</v>
+        <v>1383</v>
       </c>
       <c r="C362" t="s">
-        <v>1386</v>
+        <v>1403</v>
       </c>
       <c r="D362" t="s">
-        <v>1387</v>
+        <v>1404</v>
       </c>
       <c r="E362" s="2" t="s">
-        <v>1388</v>
+        <v>1405</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>1389</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B363" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C363" t="s">
-        <v>1392</v>
+        <v>1407</v>
       </c>
       <c r="D363" t="s">
-        <v>1393</v>
+        <v>1408</v>
       </c>
       <c r="E363" s="2" t="s">
-        <v>1394</v>
+        <v>1409</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>1395</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B364" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C364" t="s">
-        <v>1396</v>
+        <v>1411</v>
       </c>
       <c r="D364" t="s">
-        <v>1397</v>
+        <v>1412</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>1398</v>
+        <v>1413</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1399</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B365" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C365" t="s">
-        <v>1400</v>
+        <v>173</v>
       </c>
       <c r="D365" t="s">
-        <v>1401</v>
+        <v>174</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>1402</v>
+        <v>1415</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1403</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B366" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C366" t="s">
-        <v>1404</v>
+        <v>1417</v>
       </c>
       <c r="D366" t="s">
-        <v>1405</v>
+        <v>1418</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>1406</v>
+        <v>1419</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1407</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B367" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C367" t="s">
-        <v>1408</v>
+        <v>1421</v>
       </c>
       <c r="D367" t="s">
-        <v>1408</v>
+        <v>1422</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>1409</v>
+        <v>1423</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1410</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B368" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C368" t="s">
-        <v>1411</v>
+        <v>1425</v>
       </c>
       <c r="D368" t="s">
-        <v>1412</v>
+        <v>1425</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>1413</v>
+        <v>1426</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1414</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B369" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C369" t="s">
-        <v>1415</v>
+        <v>1428</v>
       </c>
       <c r="D369" t="s">
-        <v>1416</v>
+        <v>1411</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>1417</v>
+        <v>1429</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B370" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C370" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="D370" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B371" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C371" t="s">
-        <v>173</v>
+        <v>1435</v>
       </c>
       <c r="D371" t="s">
-        <v>174</v>
+        <v>1436</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>1423</v>
+        <v>1437</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1424</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B372" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C372" t="s">
-        <v>1425</v>
+        <v>1439</v>
       </c>
       <c r="D372" t="s">
-        <v>1426</v>
+        <v>1440</v>
       </c>
       <c r="E372" s="2" t="s">
-        <v>1427</v>
+        <v>1441</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>1428</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B373" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C373" t="s">
-        <v>1429</v>
+        <v>1443</v>
       </c>
       <c r="D373" t="s">
-        <v>1430</v>
+        <v>1444</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>1431</v>
+        <v>1445</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>1432</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B374" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C374" t="s">
-        <v>1433</v>
+        <v>1447</v>
       </c>
       <c r="D374" t="s">
-        <v>1433</v>
+        <v>1448</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>1434</v>
+        <v>1449</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>1435</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B375" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C375" t="s">
-        <v>1436</v>
+        <v>1451</v>
       </c>
       <c r="D375" t="s">
-        <v>1419</v>
+        <v>1452</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>1437</v>
+        <v>1453</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>1438</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B376" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C376" t="s">
-        <v>1439</v>
+        <v>1455</v>
       </c>
       <c r="D376" t="s">
-        <v>1440</v>
+        <v>1456</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>1441</v>
+        <v>1457</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>1442</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B377" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C377" t="s">
-        <v>1443</v>
+        <v>1459</v>
       </c>
       <c r="D377" t="s">
-        <v>1444</v>
+        <v>1460</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>1445</v>
+        <v>1461</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>1446</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B378" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C378" t="s">
-        <v>1447</v>
+        <v>1463</v>
       </c>
       <c r="D378" t="s">
-        <v>1448</v>
+        <v>1463</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>1449</v>
+        <v>1464</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1450</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B379" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C379" t="s">
-        <v>1451</v>
+        <v>1466</v>
       </c>
       <c r="D379" t="s">
-        <v>1452</v>
+        <v>1466</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>1453</v>
+        <v>1467</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1454</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B380" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C380" t="s">
-        <v>1455</v>
+        <v>204</v>
       </c>
       <c r="D380" t="s">
-        <v>1456</v>
+        <v>205</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>1457</v>
+        <v>1469</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1458</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B381" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C381" t="s">
-        <v>1459</v>
+        <v>1471</v>
       </c>
       <c r="D381" t="s">
-        <v>1460</v>
+        <v>1472</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>1461</v>
+        <v>1473</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1462</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1390</v>
+        <v>1382</v>
       </c>
       <c r="B382" t="s">
-        <v>1391</v>
+        <v>1383</v>
       </c>
       <c r="C382" t="s">
-        <v>1463</v>
+        <v>1475</v>
       </c>
       <c r="D382" t="s">
-        <v>1464</v>
+        <v>1476</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1465</v>
+        <v>1477</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1466</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1390</v>
+        <v>1479</v>
       </c>
       <c r="B383" t="s">
-        <v>1391</v>
+        <v>1480</v>
       </c>
       <c r="C383" t="s">
-        <v>1467</v>
+        <v>1481</v>
       </c>
       <c r="D383" t="s">
-        <v>1468</v>
+        <v>1482</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1469</v>
+        <v>1483</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1470</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1390</v>
+        <v>1479</v>
       </c>
       <c r="B384" t="s">
-        <v>1391</v>
+        <v>1480</v>
       </c>
       <c r="C384" t="s">
-        <v>1471</v>
+        <v>1485</v>
       </c>
       <c r="D384" t="s">
-        <v>1472</v>
+        <v>1486</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1473</v>
+        <v>1487</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1474</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1390</v>
+        <v>1479</v>
       </c>
       <c r="B385" t="s">
-        <v>1391</v>
+        <v>1480</v>
       </c>
       <c r="C385" t="s">
-        <v>1475</v>
+        <v>1489</v>
       </c>
       <c r="D385" t="s">
-        <v>1475</v>
+        <v>1490</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>1476</v>
+        <v>1491</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>1477</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1390</v>
+        <v>1479</v>
       </c>
       <c r="B386" t="s">
-        <v>1391</v>
+        <v>1480</v>
       </c>
       <c r="C386" t="s">
-        <v>1478</v>
+        <v>1493</v>
       </c>
       <c r="D386" t="s">
-        <v>1478</v>
+        <v>1494</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>1479</v>
+        <v>1495</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>1480</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1390</v>
+        <v>1479</v>
       </c>
       <c r="B387" t="s">
-        <v>1391</v>
+        <v>1480</v>
       </c>
       <c r="C387" t="s">
-        <v>200</v>
+        <v>1497</v>
       </c>
       <c r="D387" t="s">
-        <v>201</v>
+        <v>1498</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>1481</v>
+        <v>1499</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>1482</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1390</v>
+        <v>1479</v>
       </c>
       <c r="B388" t="s">
-        <v>1391</v>
+        <v>1480</v>
       </c>
       <c r="C388" t="s">
-        <v>1483</v>
+        <v>1501</v>
       </c>
       <c r="D388" t="s">
-        <v>1484</v>
+        <v>1502</v>
       </c>
       <c r="E388" s="2" t="s">
-        <v>1485</v>
+        <v>1503</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>1486</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1390</v>
+        <v>1479</v>
       </c>
       <c r="B389" t="s">
-        <v>1391</v>
+        <v>1480</v>
       </c>
       <c r="C389" t="s">
-        <v>1487</v>
+        <v>1505</v>
       </c>
       <c r="D389" t="s">
-        <v>1488</v>
+        <v>1506</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>1489</v>
+        <v>1507</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>1490</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1491</v>
+        <v>1479</v>
       </c>
       <c r="B390" t="s">
-        <v>1492</v>
+        <v>1480</v>
       </c>
       <c r="C390" t="s">
-        <v>1493</v>
+        <v>1509</v>
       </c>
       <c r="D390" t="s">
-        <v>1494</v>
+        <v>1510</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>1495</v>
+        <v>1511</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>1496</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1491</v>
+        <v>1479</v>
       </c>
       <c r="B391" t="s">
-        <v>1492</v>
+        <v>1480</v>
       </c>
       <c r="C391" t="s">
-        <v>1497</v>
+        <v>1513</v>
       </c>
       <c r="D391" t="s">
-        <v>1498</v>
+        <v>1514</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>1499</v>
+        <v>1515</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>1500</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1491</v>
+        <v>1479</v>
       </c>
       <c r="B392" t="s">
-        <v>1492</v>
+        <v>1480</v>
       </c>
       <c r="C392" t="s">
-        <v>1501</v>
+        <v>1517</v>
       </c>
       <c r="D392" t="s">
-        <v>1502</v>
+        <v>1518</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>1503</v>
+        <v>1519</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>1504</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1491</v>
+        <v>1479</v>
       </c>
       <c r="B393" t="s">
-        <v>1492</v>
+        <v>1480</v>
       </c>
       <c r="C393" t="s">
-        <v>1505</v>
+        <v>1521</v>
       </c>
       <c r="D393" t="s">
-        <v>1506</v>
+        <v>1522</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>1507</v>
+        <v>1523</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>1508</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
-        <v>1491</v>
+        <v>1479</v>
       </c>
       <c r="B394" t="s">
-        <v>1492</v>
+        <v>1480</v>
       </c>
       <c r="C394" t="s">
-        <v>1509</v>
+        <v>1525</v>
       </c>
       <c r="D394" t="s">
-        <v>1510</v>
+        <v>1526</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>1511</v>
+        <v>1527</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1512</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1491</v>
+        <v>1529</v>
       </c>
       <c r="B395" t="s">
-        <v>1492</v>
+        <v>1529</v>
       </c>
       <c r="C395" t="s">
-        <v>1513</v>
+        <v>234</v>
       </c>
       <c r="D395" t="s">
-        <v>1514</v>
+        <v>235</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>1515</v>
+        <v>236</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1516</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1491</v>
+        <v>1529</v>
       </c>
       <c r="B396" t="s">
-        <v>1492</v>
+        <v>1529</v>
       </c>
       <c r="C396" t="s">
-        <v>1517</v>
+        <v>1531</v>
       </c>
       <c r="D396" t="s">
-        <v>1518</v>
+        <v>1532</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>1519</v>
+        <v>1533</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1520</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1491</v>
+        <v>1529</v>
       </c>
       <c r="B397" t="s">
-        <v>1492</v>
+        <v>1529</v>
       </c>
       <c r="C397" t="s">
-        <v>1521</v>
+        <v>1535</v>
       </c>
       <c r="D397" t="s">
-        <v>1522</v>
+        <v>1536</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>1523</v>
+        <v>1537</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1524</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1491</v>
+        <v>1529</v>
       </c>
       <c r="B398" t="s">
-        <v>1492</v>
+        <v>1529</v>
       </c>
       <c r="C398" t="s">
-        <v>1525</v>
+        <v>1539</v>
       </c>
       <c r="D398" t="s">
-        <v>1526</v>
+        <v>1540</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>1527</v>
+        <v>1541</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1491</v>
+        <v>1543</v>
       </c>
       <c r="B399" t="s">
-        <v>1492</v>
+        <v>1544</v>
       </c>
       <c r="C399" t="s">
-        <v>1529</v>
+        <v>1545</v>
       </c>
       <c r="D399" t="s">
-        <v>1530</v>
+        <v>1545</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>1531</v>
+        <v>1546</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1532</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1491</v>
+        <v>1543</v>
       </c>
       <c r="B400" t="s">
-        <v>1492</v>
+        <v>1544</v>
       </c>
       <c r="C400" t="s">
-        <v>1533</v>
+        <v>1548</v>
       </c>
       <c r="D400" t="s">
-        <v>1534</v>
+        <v>1548</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>1535</v>
+        <v>1549</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1536</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1491</v>
+        <v>1543</v>
       </c>
       <c r="B401" t="s">
-        <v>1492</v>
+        <v>1544</v>
       </c>
       <c r="C401" t="s">
-        <v>1537</v>
+        <v>1551</v>
       </c>
       <c r="D401" t="s">
-        <v>1538</v>
+        <v>1552</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>1539</v>
+        <v>1553</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>1540</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1491</v>
+        <v>1543</v>
       </c>
       <c r="B402" t="s">
-        <v>1492</v>
+        <v>1544</v>
       </c>
       <c r="C402" t="s">
-        <v>1541</v>
+        <v>1555</v>
       </c>
       <c r="D402" t="s">
-        <v>1542</v>
+        <v>1556</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1543</v>
+        <v>1557</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1544</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1545</v>
+        <v>1543</v>
       </c>
       <c r="B403" t="s">
-        <v>1545</v>
+        <v>1544</v>
       </c>
       <c r="C403" t="s">
-        <v>241</v>
+        <v>1559</v>
       </c>
       <c r="D403" t="s">
-        <v>242</v>
+        <v>1560</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>243</v>
+        <v>1561</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1546</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1545</v>
+        <v>1543</v>
       </c>
       <c r="B404" t="s">
-        <v>1545</v>
+        <v>1544</v>
       </c>
       <c r="C404" t="s">
-        <v>1547</v>
+        <v>1563</v>
       </c>
       <c r="D404" t="s">
-        <v>1548</v>
+        <v>1563</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1549</v>
+        <v>1564</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1550</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1545</v>
+        <v>1543</v>
       </c>
       <c r="B405" t="s">
-        <v>1545</v>
+        <v>1544</v>
       </c>
       <c r="C405" t="s">
-        <v>1551</v>
+        <v>1566</v>
       </c>
       <c r="D405" t="s">
-        <v>1552</v>
+        <v>1567</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1553</v>
+        <v>1568</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1554</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1545</v>
+        <v>1543</v>
       </c>
       <c r="B406" t="s">
-        <v>1545</v>
+        <v>1544</v>
       </c>
       <c r="C406" t="s">
-        <v>1555</v>
+        <v>1570</v>
       </c>
       <c r="D406" t="s">
-        <v>1556</v>
+        <v>1571</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>1557</v>
+        <v>1572</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1558</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B407" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C407" t="s">
-        <v>1561</v>
+        <v>1574</v>
       </c>
       <c r="D407" t="s">
-        <v>1561</v>
+        <v>1575</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1562</v>
+        <v>1576</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1563</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B408" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C408" t="s">
-        <v>1564</v>
+        <v>1578</v>
       </c>
       <c r="D408" t="s">
-        <v>1564</v>
+        <v>1579</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1565</v>
+        <v>1580</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1566</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B409" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C409" t="s">
-        <v>1567</v>
+        <v>1582</v>
       </c>
       <c r="D409" t="s">
-        <v>1568</v>
+        <v>1583</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1569</v>
+        <v>1584</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1570</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B410" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C410" t="s">
-        <v>1571</v>
+        <v>1586</v>
       </c>
       <c r="D410" t="s">
-        <v>1572</v>
+        <v>1587</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1573</v>
+        <v>1588</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1574</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B411" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C411" t="s">
-        <v>1575</v>
+        <v>1590</v>
       </c>
       <c r="D411" t="s">
-        <v>1575</v>
+        <v>1591</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>1576</v>
+        <v>1592</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1577</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B412" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C412" t="s">
-        <v>1578</v>
+        <v>1594</v>
       </c>
       <c r="D412" t="s">
-        <v>1579</v>
+        <v>1594</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>1580</v>
+        <v>1595</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1581</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B413" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C413" t="s">
-        <v>1582</v>
+        <v>1597</v>
       </c>
       <c r="D413" t="s">
-        <v>1583</v>
+        <v>1597</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>1584</v>
+        <v>1598</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1585</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B414" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C414" t="s">
-        <v>1586</v>
+        <v>1600</v>
       </c>
       <c r="D414" t="s">
-        <v>1587</v>
+        <v>1601</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1588</v>
+        <v>1602</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>1589</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B415" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C415" t="s">
-        <v>1590</v>
+        <v>1604</v>
       </c>
       <c r="D415" t="s">
-        <v>1591</v>
+        <v>1605</v>
       </c>
       <c r="E415" s="2" t="s">
-        <v>1592</v>
+        <v>1606</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>1593</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B416" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C416" t="s">
-        <v>259</v>
+        <v>1608</v>
       </c>
       <c r="D416" t="s">
-        <v>260</v>
+        <v>1609</v>
       </c>
       <c r="E416" s="2" t="s">
-        <v>261</v>
+        <v>1610</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>1594</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B417" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C417" t="s">
-        <v>1595</v>
+        <v>1612</v>
       </c>
       <c r="D417" t="s">
-        <v>1596</v>
+        <v>1613</v>
       </c>
       <c r="E417" s="2" t="s">
-        <v>1597</v>
+        <v>1614</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>1598</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B418" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C418" t="s">
-        <v>1599</v>
+        <v>1616</v>
       </c>
       <c r="D418" t="s">
-        <v>1600</v>
+        <v>1617</v>
       </c>
       <c r="E418" s="2" t="s">
-        <v>1601</v>
+        <v>1618</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>1602</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B419" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C419" t="s">
-        <v>1603</v>
+        <v>1620</v>
       </c>
       <c r="D419" t="s">
-        <v>1603</v>
+        <v>1621</v>
       </c>
       <c r="E419" s="2" t="s">
-        <v>1604</v>
+        <v>1622</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>1605</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B420" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C420" t="s">
-        <v>1606</v>
+        <v>1624</v>
       </c>
       <c r="D420" t="s">
-        <v>1606</v>
+        <v>1625</v>
       </c>
       <c r="E420" s="2" t="s">
-        <v>1607</v>
+        <v>1626</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>1608</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B421" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C421" t="s">
-        <v>1609</v>
+        <v>1628</v>
       </c>
       <c r="D421" t="s">
-        <v>1610</v>
+        <v>1629</v>
       </c>
       <c r="E421" s="2" t="s">
-        <v>1611</v>
+        <v>1630</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>1612</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B422" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C422" t="s">
-        <v>1613</v>
+        <v>1632</v>
       </c>
       <c r="D422" t="s">
-        <v>1614</v>
+        <v>1633</v>
       </c>
       <c r="E422" s="2" t="s">
-        <v>1615</v>
+        <v>1634</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>1616</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B423" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C423" t="s">
-        <v>1617</v>
+        <v>1636</v>
       </c>
       <c r="D423" t="s">
-        <v>1618</v>
-[...6 lines deleted...]
-      </c>
+        <v>1637</v>
+      </c>
+      <c r="E423" s="2"/>
+      <c r="F423" s="2"/>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B424" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C424" t="s">
-        <v>1621</v>
+        <v>1638</v>
       </c>
       <c r="D424" t="s">
-        <v>1622</v>
+        <v>1639</v>
       </c>
       <c r="E424" s="2" t="s">
-        <v>1623</v>
+        <v>1640</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>1624</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B425" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C425" t="s">
-        <v>1625</v>
+        <v>1642</v>
       </c>
       <c r="D425" t="s">
-        <v>1626</v>
+        <v>1643</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1627</v>
+        <v>1644</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1628</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B426" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C426" t="s">
-        <v>1629</v>
+        <v>1646</v>
       </c>
       <c r="D426" t="s">
-        <v>1630</v>
+        <v>1647</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1631</v>
+        <v>1648</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1632</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B427" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C427" t="s">
-        <v>1633</v>
+        <v>1650</v>
       </c>
       <c r="D427" t="s">
-        <v>1634</v>
+        <v>1650</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1635</v>
+        <v>1651</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1636</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B428" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C428" t="s">
-        <v>1637</v>
+        <v>1653</v>
       </c>
       <c r="D428" t="s">
-        <v>1638</v>
+        <v>1654</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1639</v>
+        <v>1655</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1640</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B429" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C429" t="s">
-        <v>1641</v>
+        <v>1657</v>
       </c>
       <c r="D429" t="s">
-        <v>1642</v>
+        <v>1658</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1643</v>
+        <v>1659</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1644</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B430" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C430" t="s">
-        <v>1645</v>
+        <v>1661</v>
       </c>
       <c r="D430" t="s">
-        <v>1646</v>
+        <v>1662</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1647</v>
+        <v>1663</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1648</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B431" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C431" t="s">
-        <v>1649</v>
+        <v>1665</v>
       </c>
       <c r="D431" t="s">
-        <v>1649</v>
+        <v>1666</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1650</v>
+        <v>1667</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1651</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B432" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C432" t="s">
-        <v>1652</v>
+        <v>1669</v>
       </c>
       <c r="D432" t="s">
-        <v>1653</v>
+        <v>1670</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>1654</v>
+        <v>1671</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1655</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B433" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C433" t="s">
-        <v>1656</v>
+        <v>1673</v>
       </c>
       <c r="D433" t="s">
-        <v>1657</v>
+        <v>1674</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1658</v>
+        <v>1675</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1659</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B434" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C434" t="s">
-        <v>1660</v>
+        <v>1677</v>
       </c>
       <c r="D434" t="s">
-        <v>1661</v>
+        <v>1677</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1662</v>
+        <v>1678</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1663</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B435" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C435" t="s">
-        <v>1664</v>
+        <v>1680</v>
       </c>
       <c r="D435" t="s">
-        <v>1665</v>
+        <v>1681</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>1666</v>
+        <v>1682</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1667</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B436" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C436" t="s">
-        <v>1668</v>
+        <v>1684</v>
       </c>
       <c r="D436" t="s">
-        <v>1669</v>
+        <v>1685</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1670</v>
+        <v>1686</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1671</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B437" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C437" t="s">
-        <v>1672</v>
+        <v>619</v>
       </c>
       <c r="D437" t="s">
-        <v>1672</v>
+        <v>620</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1673</v>
+        <v>1688</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1674</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B438" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C438" t="s">
-        <v>633</v>
+        <v>1690</v>
       </c>
       <c r="D438" t="s">
-        <v>634</v>
+        <v>1691</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>1675</v>
+        <v>1692</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1676</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B439" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C439" t="s">
-        <v>1677</v>
+        <v>1694</v>
       </c>
       <c r="D439" t="s">
-        <v>1678</v>
+        <v>1695</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>1679</v>
+        <v>1696</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1680</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B440" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C440" t="s">
-        <v>637</v>
+        <v>1698</v>
       </c>
       <c r="D440" t="s">
-        <v>638</v>
+        <v>1698</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>1681</v>
+        <v>1699</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1682</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B441" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C441" t="s">
-        <v>1683</v>
+        <v>1701</v>
       </c>
       <c r="D441" t="s">
-        <v>1684</v>
+        <v>1702</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1685</v>
+        <v>1703</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1686</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B442" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C442" t="s">
-        <v>1687</v>
+        <v>1705</v>
       </c>
       <c r="D442" t="s">
-        <v>1688</v>
+        <v>1706</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1689</v>
+        <v>1707</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1690</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B443" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C443" t="s">
-        <v>1691</v>
+        <v>1709</v>
       </c>
       <c r="D443" t="s">
-        <v>1691</v>
+        <v>1710</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1692</v>
+        <v>1711</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1693</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B444" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C444" t="s">
-        <v>1694</v>
+        <v>1539</v>
       </c>
       <c r="D444" t="s">
-        <v>1695</v>
+        <v>1540</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1696</v>
+        <v>1541</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1697</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B445" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C445" t="s">
-        <v>1698</v>
+        <v>1714</v>
       </c>
       <c r="D445" t="s">
-        <v>1699</v>
+        <v>1715</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1700</v>
+        <v>1716</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1701</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B446" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C446" t="s">
-        <v>1555</v>
+        <v>1718</v>
       </c>
       <c r="D446" t="s">
-        <v>1556</v>
+        <v>1718</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1557</v>
+        <v>1719</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1702</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B447" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C447" t="s">
-        <v>1703</v>
+        <v>1721</v>
       </c>
       <c r="D447" t="s">
-        <v>1704</v>
+        <v>1722</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1705</v>
+        <v>1723</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1706</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B448" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C448" t="s">
-        <v>1707</v>
+        <v>1725</v>
       </c>
       <c r="D448" t="s">
-        <v>1707</v>
+        <v>1725</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1708</v>
+        <v>1726</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1709</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B449" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C449" t="s">
-        <v>1710</v>
+        <v>1728</v>
       </c>
       <c r="D449" t="s">
-        <v>1711</v>
+        <v>1729</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1712</v>
+        <v>1730</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1713</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B450" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C450" t="s">
-        <v>1714</v>
+        <v>1732</v>
       </c>
       <c r="D450" t="s">
-        <v>1714</v>
+        <v>1733</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1715</v>
+        <v>1734</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1716</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B451" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C451" t="s">
-        <v>1717</v>
+        <v>1736</v>
       </c>
       <c r="D451" t="s">
-        <v>1718</v>
+        <v>1737</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>1719</v>
+        <v>1738</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1720</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B452" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C452" t="s">
-        <v>1721</v>
+        <v>1740</v>
       </c>
       <c r="D452" t="s">
-        <v>1722</v>
+        <v>1741</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1723</v>
+        <v>1742</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1724</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1559</v>
+        <v>1543</v>
       </c>
       <c r="B453" t="s">
-        <v>1560</v>
+        <v>1544</v>
       </c>
       <c r="C453" t="s">
-        <v>1725</v>
+        <v>1744</v>
       </c>
       <c r="D453" t="s">
-        <v>1726</v>
+        <v>1745</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>1727</v>
+        <v>1746</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1728</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1559</v>
+        <v>1748</v>
       </c>
       <c r="B454" t="s">
-        <v>1560</v>
+        <v>1749</v>
       </c>
       <c r="C454" t="s">
-        <v>1729</v>
+        <v>1750</v>
       </c>
       <c r="D454" t="s">
-        <v>1730</v>
+        <v>1750</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1731</v>
+        <v>1751</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1732</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1559</v>
+        <v>1748</v>
       </c>
       <c r="B455" t="s">
-        <v>1560</v>
+        <v>1749</v>
       </c>
       <c r="C455" t="s">
-        <v>1733</v>
+        <v>383</v>
       </c>
       <c r="D455" t="s">
-        <v>1734</v>
+        <v>383</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>1735</v>
+        <v>1753</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1736</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B456" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C456" t="s">
-        <v>1739</v>
+        <v>1755</v>
       </c>
       <c r="D456" t="s">
-        <v>1739</v>
+        <v>1755</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>1740</v>
+        <v>1756</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1741</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B457" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C457" t="s">
-        <v>222</v>
+        <v>1758</v>
       </c>
       <c r="D457" t="s">
-        <v>222</v>
+        <v>1759</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>1742</v>
+        <v>1760</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1743</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B458" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C458" t="s">
-        <v>1744</v>
+        <v>1762</v>
       </c>
       <c r="D458" t="s">
-        <v>1744</v>
+        <v>1762</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1745</v>
+        <v>1763</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1746</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B459" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C459" t="s">
-        <v>1747</v>
+        <v>1765</v>
       </c>
       <c r="D459" t="s">
-        <v>1748</v>
+        <v>1765</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>1749</v>
+        <v>1766</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1750</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B460" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C460" t="s">
-        <v>1751</v>
+        <v>1407</v>
       </c>
       <c r="D460" t="s">
-        <v>1751</v>
+        <v>1408</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>1752</v>
+        <v>1768</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1753</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B461" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C461" t="s">
-        <v>1754</v>
+        <v>1770</v>
       </c>
       <c r="D461" t="s">
-        <v>1754</v>
+        <v>1418</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>1755</v>
+        <v>1771</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1756</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B462" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C462" t="s">
-        <v>1415</v>
+        <v>1773</v>
       </c>
       <c r="D462" t="s">
-        <v>1416</v>
+        <v>1774</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>1757</v>
+        <v>1775</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1758</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B463" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C463" t="s">
-        <v>1759</v>
+        <v>1777</v>
       </c>
       <c r="D463" t="s">
-        <v>1426</v>
+        <v>1778</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>1760</v>
+        <v>1779</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1761</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B464" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C464" t="s">
-        <v>1762</v>
+        <v>1781</v>
       </c>
       <c r="D464" t="s">
-        <v>1763</v>
+        <v>1782</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>1764</v>
+        <v>1783</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1765</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B465" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C465" t="s">
-        <v>1766</v>
+        <v>1785</v>
       </c>
       <c r="D465" t="s">
-        <v>1767</v>
+        <v>1786</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1768</v>
+        <v>1787</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1769</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B466" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C466" t="s">
-        <v>1770</v>
+        <v>1789</v>
       </c>
       <c r="D466" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>1772</v>
+        <v>1790</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1773</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B467" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C467" t="s">
-        <v>1774</v>
+        <v>1792</v>
       </c>
       <c r="D467" t="s">
-        <v>1775</v>
+        <v>1792</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1776</v>
+        <v>1793</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1777</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B468" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C468" t="s">
-        <v>1778</v>
+        <v>1795</v>
       </c>
       <c r="D468" t="s">
-        <v>1779</v>
+        <v>1796</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1780</v>
+        <v>1797</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1781</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B469" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C469" t="s">
-        <v>1782</v>
+        <v>1799</v>
       </c>
       <c r="D469" t="s">
-        <v>1782</v>
+        <v>1800</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1783</v>
+        <v>1801</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1784</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B470" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C470" t="s">
-        <v>1785</v>
+        <v>449</v>
       </c>
       <c r="D470" t="s">
-        <v>1785</v>
+        <v>450</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1786</v>
+        <v>1803</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1787</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B471" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C471" t="s">
-        <v>1788</v>
+        <v>1805</v>
       </c>
       <c r="D471" t="s">
-        <v>1789</v>
+        <v>1806</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1790</v>
+        <v>1807</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1791</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B472" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C472" t="s">
-        <v>1792</v>
+        <v>1809</v>
       </c>
       <c r="D472" t="s">
-        <v>1793</v>
+        <v>1810</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>1794</v>
+        <v>1811</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1795</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="B473" t="s">
-        <v>1738</v>
+        <v>1749</v>
       </c>
       <c r="C473" t="s">
-        <v>299</v>
+        <v>1297</v>
       </c>
       <c r="D473" t="s">
-        <v>300</v>
+        <v>1298</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>465</v>
+        <v>1813</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1796</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1737</v>
+        <v>1815</v>
       </c>
       <c r="B474" t="s">
-        <v>1738</v>
+        <v>1816</v>
       </c>
       <c r="C474" t="s">
-        <v>467</v>
+        <v>1817</v>
       </c>
       <c r="D474" t="s">
-        <v>468</v>
+        <v>1818</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1797</v>
+        <v>1819</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1798</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1737</v>
+        <v>1815</v>
       </c>
       <c r="B475" t="s">
-        <v>1738</v>
+        <v>1816</v>
       </c>
       <c r="C475" t="s">
-        <v>1799</v>
+        <v>1821</v>
       </c>
       <c r="D475" t="s">
-        <v>1800</v>
+        <v>1822</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1801</v>
+        <v>1823</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1802</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1737</v>
+        <v>1815</v>
       </c>
       <c r="B476" t="s">
-        <v>1738</v>
+        <v>1816</v>
       </c>
       <c r="C476" t="s">
-        <v>1803</v>
+        <v>1825</v>
       </c>
       <c r="D476" t="s">
-        <v>1804</v>
+        <v>1826</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1805</v>
+        <v>1827</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1806</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1737</v>
+        <v>1815</v>
       </c>
       <c r="B477" t="s">
-        <v>1738</v>
+        <v>1816</v>
       </c>
       <c r="C477" t="s">
-        <v>1301</v>
+        <v>322</v>
       </c>
       <c r="D477" t="s">
-        <v>1302</v>
+        <v>323</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>1807</v>
+        <v>1829</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1808</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B478" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C478" t="s">
-        <v>1811</v>
+        <v>555</v>
       </c>
       <c r="D478" t="s">
-        <v>1812</v>
+        <v>556</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1813</v>
+        <v>1831</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1814</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B479" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C479" t="s">
-        <v>1815</v>
+        <v>571</v>
       </c>
       <c r="D479" t="s">
-        <v>1816</v>
+        <v>572</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1817</v>
+        <v>1833</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1818</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B480" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C480" t="s">
-        <v>1819</v>
+        <v>1835</v>
       </c>
       <c r="D480" t="s">
-        <v>1820</v>
+        <v>1836</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>1821</v>
+        <v>1837</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1822</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B481" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C481" t="s">
-        <v>337</v>
+        <v>1839</v>
       </c>
       <c r="D481" t="s">
-        <v>338</v>
+        <v>1840</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1823</v>
+        <v>1841</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1824</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B482" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C482" t="s">
-        <v>569</v>
+        <v>603</v>
       </c>
       <c r="D482" t="s">
-        <v>570</v>
+        <v>604</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>1825</v>
+        <v>1843</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1826</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B483" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C483" t="s">
-        <v>585</v>
+        <v>334</v>
       </c>
       <c r="D483" t="s">
-        <v>586</v>
+        <v>335</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>1827</v>
+        <v>336</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1828</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B484" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C484" t="s">
-        <v>1829</v>
+        <v>1846</v>
       </c>
       <c r="D484" t="s">
-        <v>1830</v>
+        <v>1847</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>1831</v>
+        <v>1848</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1832</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B485" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C485" t="s">
-        <v>1833</v>
+        <v>1850</v>
       </c>
       <c r="D485" t="s">
-        <v>1834</v>
+        <v>1851</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>1835</v>
+        <v>1852</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1836</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B486" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C486" t="s">
-        <v>349</v>
+        <v>1854</v>
       </c>
       <c r="D486" t="s">
-        <v>350</v>
+        <v>1855</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1837</v>
+        <v>1856</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1838</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B487" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C487" t="s">
-        <v>617</v>
+        <v>1858</v>
       </c>
       <c r="D487" t="s">
-        <v>618</v>
+        <v>1859</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1839</v>
+        <v>1860</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1840</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B488" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C488" t="s">
-        <v>353</v>
+        <v>1862</v>
       </c>
       <c r="D488" t="s">
-        <v>354</v>
+        <v>1863</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>355</v>
+        <v>1864</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1841</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B489" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C489" t="s">
-        <v>1842</v>
+        <v>342</v>
       </c>
       <c r="D489" t="s">
-        <v>1843</v>
+        <v>343</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1844</v>
+        <v>344</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1845</v>
+        <v>958</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B490" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C490" t="s">
-        <v>1846</v>
+        <v>1866</v>
       </c>
       <c r="D490" t="s">
-        <v>1847</v>
+        <v>1867</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>1848</v>
+        <v>1868</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1849</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B491" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C491" t="s">
-        <v>1850</v>
+        <v>1870</v>
       </c>
       <c r="D491" t="s">
-        <v>1851</v>
+        <v>1871</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>1852</v>
+        <v>1872</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1853</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B492" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C492" t="s">
-        <v>1854</v>
+        <v>963</v>
       </c>
       <c r="D492" t="s">
-        <v>1855</v>
+        <v>964</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>1856</v>
+        <v>1263</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1857</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B493" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C493" t="s">
-        <v>1858</v>
+        <v>1875</v>
       </c>
       <c r="D493" t="s">
-        <v>1859</v>
+        <v>1876</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>1860</v>
+        <v>1877</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1861</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B494" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C494" t="s">
-        <v>1862</v>
+        <v>971</v>
       </c>
       <c r="D494" t="s">
-        <v>1863</v>
+        <v>972</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>1864</v>
+        <v>1879</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1865</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B495" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C495" t="s">
-        <v>361</v>
+        <v>350</v>
       </c>
       <c r="D495" t="s">
-        <v>362</v>
+        <v>351</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>984</v>
+        <v>353</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B496" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C496" t="s">
-        <v>633</v>
+        <v>659</v>
       </c>
       <c r="D496" t="s">
-        <v>634</v>
+        <v>660</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>1866</v>
+        <v>661</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1867</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1809</v>
+        <v>1815</v>
       </c>
       <c r="B497" t="s">
-        <v>1810</v>
+        <v>1816</v>
       </c>
       <c r="C497" t="s">
-        <v>1868</v>
+        <v>1882</v>
       </c>
       <c r="D497" t="s">
-        <v>1869</v>
+        <v>1883</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>1870</v>
+        <v>1884</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1871</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1809</v>
+        <v>1886</v>
       </c>
       <c r="B498" t="s">
-        <v>1810</v>
+        <v>1887</v>
       </c>
       <c r="C498" t="s">
-        <v>1872</v>
+        <v>1888</v>
       </c>
       <c r="D498" t="s">
-        <v>1873</v>
+        <v>1889</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1874</v>
+        <v>1890</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1875</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1809</v>
+        <v>1886</v>
       </c>
       <c r="B499" t="s">
-        <v>1810</v>
+        <v>1887</v>
       </c>
       <c r="C499" t="s">
-        <v>989</v>
+        <v>1892</v>
       </c>
       <c r="D499" t="s">
-        <v>990</v>
+        <v>1893</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>1275</v>
+        <v>1894</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1876</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1809</v>
+        <v>1886</v>
       </c>
       <c r="B500" t="s">
-        <v>1810</v>
+        <v>1887</v>
       </c>
       <c r="C500" t="s">
-        <v>1877</v>
+        <v>1896</v>
       </c>
       <c r="D500" t="s">
-        <v>1878</v>
+        <v>1897</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>1879</v>
+        <v>1898</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>1880</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1809</v>
+        <v>1886</v>
       </c>
       <c r="B501" t="s">
-        <v>1810</v>
+        <v>1887</v>
       </c>
       <c r="C501" t="s">
-        <v>997</v>
+        <v>1900</v>
       </c>
       <c r="D501" t="s">
-        <v>998</v>
+        <v>1901</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>1881</v>
+        <v>1902</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1882</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1809</v>
+        <v>1886</v>
       </c>
       <c r="B502" t="s">
-        <v>1810</v>
+        <v>1887</v>
       </c>
       <c r="C502" t="s">
-        <v>369</v>
+        <v>1904</v>
       </c>
       <c r="D502" t="s">
-        <v>370</v>
+        <v>1905</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>371</v>
+        <v>1906</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>372</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1809</v>
+        <v>1886</v>
       </c>
       <c r="B503" t="s">
-        <v>1810</v>
+        <v>1887</v>
       </c>
       <c r="C503" t="s">
-        <v>377</v>
+        <v>1908</v>
       </c>
       <c r="D503" t="s">
-        <v>378</v>
+        <v>1909</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>1883</v>
+        <v>1910</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1884</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1809</v>
+        <v>1886</v>
       </c>
       <c r="B504" t="s">
-        <v>1810</v>
+        <v>1887</v>
       </c>
       <c r="C504" t="s">
-        <v>681</v>
+        <v>1912</v>
       </c>
       <c r="D504" t="s">
-        <v>682</v>
+        <v>1913</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>683</v>
+        <v>1914</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1885</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
         <v>1886</v>
       </c>
       <c r="B505" t="s">
         <v>1887</v>
       </c>
       <c r="C505" t="s">
-        <v>1888</v>
+        <v>1916</v>
       </c>
       <c r="D505" t="s">
-        <v>1889</v>
+        <v>1917</v>
       </c>
       <c r="E505" s="2" t="s">
-        <v>1890</v>
+        <v>1918</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>1891</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
         <v>1886</v>
       </c>
       <c r="B506" t="s">
         <v>1887</v>
       </c>
       <c r="C506" t="s">
-        <v>1892</v>
+        <v>1920</v>
       </c>
       <c r="D506" t="s">
-        <v>1893</v>
+        <v>1921</v>
       </c>
       <c r="E506" s="2" t="s">
-        <v>1894</v>
+        <v>1922</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>1895</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
         <v>1886</v>
       </c>
       <c r="B507" t="s">
         <v>1887</v>
       </c>
       <c r="C507" t="s">
-        <v>1896</v>
+        <v>1924</v>
       </c>
       <c r="D507" t="s">
-        <v>1897</v>
+        <v>1925</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>1898</v>
+        <v>1926</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1899</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
         <v>1886</v>
       </c>
       <c r="B508" t="s">
         <v>1887</v>
       </c>
       <c r="C508" t="s">
-        <v>1900</v>
+        <v>1928</v>
       </c>
       <c r="D508" t="s">
-        <v>1901</v>
+        <v>1929</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>1902</v>
+        <v>1930</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1903</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
         <v>1886</v>
       </c>
       <c r="B509" t="s">
         <v>1887</v>
       </c>
       <c r="C509" t="s">
-        <v>1904</v>
+        <v>1932</v>
       </c>
       <c r="D509" t="s">
-        <v>1905</v>
+        <v>1933</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>1906</v>
+        <v>1934</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1907</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
         <v>1886</v>
       </c>
       <c r="B510" t="s">
         <v>1887</v>
       </c>
       <c r="C510" t="s">
-        <v>1908</v>
+        <v>1936</v>
       </c>
       <c r="D510" t="s">
-        <v>1909</v>
+        <v>1937</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>1910</v>
+        <v>1938</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1911</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
         <v>1886</v>
       </c>
       <c r="B511" t="s">
         <v>1887</v>
       </c>
       <c r="C511" t="s">
-        <v>1912</v>
+        <v>1940</v>
       </c>
       <c r="D511" t="s">
-        <v>1913</v>
+        <v>1941</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>1914</v>
+        <v>1942</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1915</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
         <v>1886</v>
       </c>
       <c r="B512" t="s">
         <v>1887</v>
       </c>
       <c r="C512" t="s">
-        <v>1916</v>
+        <v>1944</v>
       </c>
       <c r="D512" t="s">
-        <v>1917</v>
+        <v>1945</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>1918</v>
+        <v>1946</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1919</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
         <v>1886</v>
       </c>
       <c r="B513" t="s">
         <v>1887</v>
       </c>
       <c r="C513" t="s">
-        <v>1920</v>
+        <v>1948</v>
       </c>
       <c r="D513" t="s">
-        <v>1921</v>
+        <v>1949</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>1922</v>
+        <v>1950</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1923</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
         <v>1886</v>
       </c>
       <c r="B514" t="s">
         <v>1887</v>
       </c>
       <c r="C514" t="s">
-        <v>1924</v>
+        <v>1952</v>
       </c>
       <c r="D514" t="s">
-        <v>1925</v>
+        <v>1953</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>1926</v>
+        <v>1954</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1927</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
         <v>1886</v>
       </c>
       <c r="B515" t="s">
         <v>1887</v>
       </c>
       <c r="C515" t="s">
-        <v>1928</v>
+        <v>1956</v>
       </c>
       <c r="D515" t="s">
-        <v>1929</v>
+        <v>1957</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>1930</v>
+        <v>1958</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1931</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
         <v>1886</v>
       </c>
       <c r="B516" t="s">
         <v>1887</v>
       </c>
       <c r="C516" t="s">
-        <v>1932</v>
+        <v>1960</v>
       </c>
       <c r="D516" t="s">
-        <v>1933</v>
+        <v>1961</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>1934</v>
+        <v>1962</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1935</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
         <v>1886</v>
       </c>
       <c r="B517" t="s">
         <v>1887</v>
       </c>
       <c r="C517" t="s">
-        <v>1936</v>
+        <v>1964</v>
       </c>
       <c r="D517" t="s">
-        <v>1937</v>
+        <v>1965</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1938</v>
+        <v>1966</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>1939</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
         <v>1886</v>
       </c>
       <c r="B518" t="s">
         <v>1887</v>
       </c>
       <c r="C518" t="s">
-        <v>1940</v>
+        <v>1968</v>
       </c>
       <c r="D518" t="s">
-        <v>1941</v>
+        <v>1969</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1942</v>
+        <v>1970</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1943</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
         <v>1886</v>
       </c>
       <c r="B519" t="s">
         <v>1887</v>
       </c>
       <c r="C519" t="s">
-        <v>1944</v>
+        <v>1972</v>
       </c>
       <c r="D519" t="s">
-        <v>1945</v>
+        <v>1973</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1946</v>
+        <v>1974</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1947</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
         <v>1886</v>
       </c>
       <c r="B520" t="s">
         <v>1887</v>
       </c>
       <c r="C520" t="s">
-        <v>1948</v>
+        <v>1976</v>
       </c>
       <c r="D520" t="s">
-        <v>1949</v>
+        <v>1977</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>1950</v>
+        <v>1978</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1951</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
         <v>1886</v>
       </c>
       <c r="B521" t="s">
         <v>1887</v>
       </c>
       <c r="C521" t="s">
-        <v>1952</v>
+        <v>1980</v>
       </c>
       <c r="D521" t="s">
-        <v>1953</v>
+        <v>1981</v>
       </c>
       <c r="E521" s="2" t="s">
-        <v>1954</v>
+        <v>1982</v>
       </c>
       <c r="F521" s="2" t="s">
-        <v>1955</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
         <v>1886</v>
       </c>
       <c r="B522" t="s">
         <v>1887</v>
       </c>
       <c r="C522" t="s">
-        <v>1956</v>
+        <v>1984</v>
       </c>
       <c r="D522" t="s">
-        <v>1957</v>
+        <v>1985</v>
       </c>
       <c r="E522" s="2" t="s">
-        <v>1958</v>
+        <v>1986</v>
       </c>
       <c r="F522" s="2" t="s">
-        <v>1959</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
         <v>1886</v>
       </c>
       <c r="B523" t="s">
         <v>1887</v>
       </c>
       <c r="C523" t="s">
-        <v>1960</v>
+        <v>1988</v>
       </c>
       <c r="D523" t="s">
-        <v>1961</v>
+        <v>1989</v>
       </c>
       <c r="E523" s="2" t="s">
-        <v>1962</v>
+        <v>1990</v>
       </c>
       <c r="F523" s="2" t="s">
-        <v>1963</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
         <v>1886</v>
       </c>
       <c r="B524" t="s">
         <v>1887</v>
       </c>
       <c r="C524" t="s">
-        <v>1964</v>
+        <v>1992</v>
       </c>
       <c r="D524" t="s">
-        <v>1965</v>
+        <v>1993</v>
       </c>
       <c r="E524" s="2" t="s">
-        <v>1966</v>
+        <v>1994</v>
       </c>
       <c r="F524" s="2" t="s">
-        <v>1967</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
         <v>1886</v>
       </c>
       <c r="B525" t="s">
         <v>1887</v>
       </c>
       <c r="C525" t="s">
-        <v>1968</v>
+        <v>1996</v>
       </c>
       <c r="D525" t="s">
-        <v>1969</v>
+        <v>1997</v>
       </c>
       <c r="E525" s="2" t="s">
-        <v>1970</v>
+        <v>1998</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>1971</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
         <v>1886</v>
       </c>
       <c r="B526" t="s">
         <v>1887</v>
       </c>
       <c r="C526" t="s">
-        <v>1972</v>
+        <v>2000</v>
       </c>
       <c r="D526" t="s">
-        <v>1973</v>
+        <v>2001</v>
       </c>
       <c r="E526" s="2" t="s">
-        <v>1974</v>
+        <v>2002</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>1975</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
         <v>1886</v>
       </c>
       <c r="B527" t="s">
         <v>1887</v>
       </c>
       <c r="C527" t="s">
-        <v>1976</v>
+        <v>2004</v>
       </c>
       <c r="D527" t="s">
-        <v>1977</v>
+        <v>2005</v>
       </c>
       <c r="E527" s="2" t="s">
-        <v>1978</v>
+        <v>2006</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>1979</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
         <v>1886</v>
       </c>
       <c r="B528" t="s">
         <v>1887</v>
       </c>
       <c r="C528" t="s">
-        <v>1980</v>
+        <v>2008</v>
       </c>
       <c r="D528" t="s">
-        <v>1981</v>
+        <v>2009</v>
       </c>
       <c r="E528" s="2" t="s">
-        <v>1982</v>
+        <v>2010</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>1983</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
         <v>1886</v>
       </c>
       <c r="B529" t="s">
         <v>1887</v>
       </c>
       <c r="C529" t="s">
-        <v>1984</v>
+        <v>2012</v>
       </c>
       <c r="D529" t="s">
-        <v>1985</v>
+        <v>1049</v>
       </c>
       <c r="E529" s="2" t="s">
-        <v>1986</v>
+        <v>2013</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>1987</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
         <v>1886</v>
       </c>
       <c r="B530" t="s">
         <v>1887</v>
       </c>
       <c r="C530" t="s">
-        <v>1988</v>
+        <v>2015</v>
       </c>
       <c r="D530" t="s">
-        <v>1989</v>
+        <v>2016</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>1990</v>
+        <v>2017</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>1991</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
         <v>1886</v>
       </c>
       <c r="B531" t="s">
         <v>1887</v>
       </c>
       <c r="C531" t="s">
-        <v>1992</v>
+        <v>2019</v>
       </c>
       <c r="D531" t="s">
-        <v>1993</v>
+        <v>2020</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>1994</v>
+        <v>2021</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>1995</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
         <v>1886</v>
       </c>
       <c r="B532" t="s">
         <v>1887</v>
       </c>
       <c r="C532" t="s">
-        <v>1996</v>
+        <v>2023</v>
       </c>
       <c r="D532" t="s">
-        <v>1997</v>
+        <v>2024</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>1998</v>
+        <v>2025</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>1999</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
         <v>1886</v>
       </c>
       <c r="B533" t="s">
         <v>1887</v>
       </c>
       <c r="C533" t="s">
-        <v>2000</v>
+        <v>2027</v>
       </c>
       <c r="D533" t="s">
-        <v>1077</v>
+        <v>2028</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>2001</v>
+        <v>2029</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>2002</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
         <v>1886</v>
       </c>
       <c r="B534" t="s">
         <v>1887</v>
       </c>
       <c r="C534" t="s">
-        <v>2003</v>
+        <v>2031</v>
       </c>
       <c r="D534" t="s">
-        <v>2004</v>
+        <v>2032</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>2005</v>
+        <v>2033</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>2006</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
         <v>1886</v>
       </c>
       <c r="B535" t="s">
         <v>1887</v>
       </c>
       <c r="C535" t="s">
-        <v>2007</v>
+        <v>2035</v>
       </c>
       <c r="D535" t="s">
-        <v>2008</v>
+        <v>2036</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>2009</v>
+        <v>2037</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>2010</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
         <v>1886</v>
       </c>
       <c r="B536" t="s">
         <v>1887</v>
       </c>
       <c r="C536" t="s">
-        <v>2011</v>
+        <v>2039</v>
       </c>
       <c r="D536" t="s">
-        <v>2012</v>
+        <v>2040</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>2013</v>
+        <v>2041</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>2014</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
         <v>1886</v>
       </c>
       <c r="B537" t="s">
         <v>1887</v>
       </c>
       <c r="C537" t="s">
-        <v>2015</v>
+        <v>2043</v>
       </c>
       <c r="D537" t="s">
-        <v>2016</v>
+        <v>2044</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>2017</v>
+        <v>2045</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>2018</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
         <v>1886</v>
       </c>
       <c r="B538" t="s">
         <v>1887</v>
       </c>
       <c r="C538" t="s">
-        <v>2019</v>
+        <v>2047</v>
       </c>
       <c r="D538" t="s">
-        <v>2020</v>
+        <v>2048</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>2021</v>
+        <v>2049</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>2022</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
         <v>1886</v>
       </c>
       <c r="B539" t="s">
         <v>1887</v>
       </c>
       <c r="C539" t="s">
-        <v>2023</v>
+        <v>2051</v>
       </c>
       <c r="D539" t="s">
-        <v>2024</v>
+        <v>2052</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>2025</v>
+        <v>2053</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>2026</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
         <v>1886</v>
       </c>
       <c r="B540" t="s">
         <v>1887</v>
       </c>
       <c r="C540" t="s">
-        <v>299</v>
+        <v>2055</v>
       </c>
       <c r="D540" t="s">
-        <v>300</v>
+        <v>2056</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>2027</v>
+        <v>2057</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>2028</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
         <v>1886</v>
       </c>
       <c r="B541" t="s">
         <v>1887</v>
       </c>
       <c r="C541" t="s">
-        <v>2029</v>
+        <v>2059</v>
       </c>
       <c r="D541" t="s">
-        <v>2030</v>
+        <v>2060</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>2031</v>
+        <v>2061</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>2032</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
         <v>1886</v>
       </c>
       <c r="B542" t="s">
         <v>1887</v>
       </c>
       <c r="C542" t="s">
-        <v>2033</v>
+        <v>2063</v>
       </c>
       <c r="D542" t="s">
-        <v>2034</v>
+        <v>2064</v>
       </c>
       <c r="E542" s="2" t="s">
-        <v>2035</v>
+        <v>2065</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>2036</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
         <v>1886</v>
       </c>
       <c r="B543" t="s">
         <v>1887</v>
       </c>
       <c r="C543" t="s">
-        <v>2037</v>
+        <v>2067</v>
       </c>
       <c r="D543" t="s">
-        <v>2038</v>
+        <v>2068</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>2039</v>
+        <v>2069</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>2040</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
         <v>1886</v>
       </c>
       <c r="B544" t="s">
         <v>1887</v>
       </c>
       <c r="C544" t="s">
-        <v>2041</v>
+        <v>2071</v>
       </c>
       <c r="D544" t="s">
-        <v>2042</v>
+        <v>2072</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>2043</v>
+        <v>2073</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>2044</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
         <v>1886</v>
       </c>
       <c r="B545" t="s">
         <v>1887</v>
       </c>
       <c r="C545" t="s">
-        <v>2045</v>
+        <v>2075</v>
       </c>
       <c r="D545" t="s">
-        <v>2046</v>
+        <v>2076</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>2047</v>
+        <v>2077</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>2048</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
         <v>1886</v>
       </c>
       <c r="B546" t="s">
         <v>1887</v>
       </c>
       <c r="C546" t="s">
-        <v>2049</v>
+        <v>2079</v>
       </c>
       <c r="D546" t="s">
-        <v>2050</v>
+        <v>2080</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>2051</v>
+        <v>2081</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>2052</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
         <v>1886</v>
       </c>
       <c r="B547" t="s">
         <v>1887</v>
       </c>
       <c r="C547" t="s">
-        <v>2053</v>
+        <v>2083</v>
       </c>
       <c r="D547" t="s">
-        <v>2054</v>
+        <v>2084</v>
       </c>
       <c r="E547" s="2" t="s">
-        <v>2055</v>
+        <v>2085</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>2056</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
         <v>1886</v>
       </c>
       <c r="B548" t="s">
         <v>1887</v>
       </c>
       <c r="C548" t="s">
-        <v>2057</v>
+        <v>2087</v>
       </c>
       <c r="D548" t="s">
-        <v>2058</v>
+        <v>2088</v>
       </c>
       <c r="E548" s="2" t="s">
-        <v>2059</v>
+        <v>2089</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>2060</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>1886</v>
+        <v>2091</v>
       </c>
       <c r="B549" t="s">
-        <v>1887</v>
+        <v>2092</v>
       </c>
       <c r="C549" t="s">
-        <v>2061</v>
+        <v>2093</v>
       </c>
       <c r="D549" t="s">
-        <v>2062</v>
+        <v>2094</v>
       </c>
       <c r="E549" s="2" t="s">
-        <v>2063</v>
+        <v>2095</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>2064</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>1886</v>
+        <v>2091</v>
       </c>
       <c r="B550" t="s">
-        <v>1887</v>
+        <v>2092</v>
       </c>
       <c r="C550" t="s">
-        <v>2065</v>
+        <v>2097</v>
       </c>
       <c r="D550" t="s">
-        <v>2066</v>
+        <v>2098</v>
       </c>
       <c r="E550" s="2" t="s">
-        <v>2067</v>
+        <v>2099</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>2068</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>1886</v>
+        <v>2091</v>
       </c>
       <c r="B551" t="s">
-        <v>1887</v>
+        <v>2092</v>
       </c>
       <c r="C551" t="s">
-        <v>2069</v>
+        <v>2101</v>
       </c>
       <c r="D551" t="s">
-        <v>2070</v>
+        <v>2102</v>
       </c>
       <c r="E551" s="2" t="s">
-        <v>2071</v>
+        <v>2103</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>2072</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>2073</v>
+        <v>2091</v>
       </c>
       <c r="B552" t="s">
-        <v>2074</v>
+        <v>2092</v>
       </c>
       <c r="C552" t="s">
-        <v>2075</v>
+        <v>2105</v>
       </c>
       <c r="D552" t="s">
-        <v>2076</v>
+        <v>2106</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>2077</v>
+        <v>2107</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>2078</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2073</v>
+        <v>2091</v>
       </c>
       <c r="B553" t="s">
-        <v>2074</v>
+        <v>2092</v>
       </c>
       <c r="C553" t="s">
-        <v>2079</v>
+        <v>2109</v>
       </c>
       <c r="D553" t="s">
-        <v>2080</v>
+        <v>2110</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>2081</v>
+        <v>2111</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>2082</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2073</v>
+        <v>2091</v>
       </c>
       <c r="B554" t="s">
-        <v>2074</v>
+        <v>2092</v>
       </c>
       <c r="C554" t="s">
-        <v>2083</v>
+        <v>2113</v>
       </c>
       <c r="D554" t="s">
-        <v>2084</v>
+        <v>2114</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>2085</v>
+        <v>2115</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>2086</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2073</v>
+        <v>2117</v>
       </c>
       <c r="B555" t="s">
-        <v>2074</v>
+        <v>2118</v>
       </c>
       <c r="C555" t="s">
-        <v>2087</v>
+        <v>2119</v>
       </c>
       <c r="D555" t="s">
-        <v>2088</v>
+        <v>2120</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>2089</v>
+        <v>2121</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>2090</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2073</v>
+        <v>2117</v>
       </c>
       <c r="B556" t="s">
-        <v>2074</v>
+        <v>2118</v>
       </c>
       <c r="C556" t="s">
-        <v>2091</v>
+        <v>1920</v>
       </c>
       <c r="D556" t="s">
-        <v>2092</v>
+        <v>1921</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>2093</v>
+        <v>2123</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>2094</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>2073</v>
+        <v>2117</v>
       </c>
       <c r="B557" t="s">
-        <v>2074</v>
+        <v>2118</v>
       </c>
       <c r="C557" t="s">
-        <v>2095</v>
+        <v>2125</v>
       </c>
       <c r="D557" t="s">
-        <v>2096</v>
+        <v>2126</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>2097</v>
+        <v>2127</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>2098</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2099</v>
+        <v>2117</v>
       </c>
       <c r="B558" t="s">
-        <v>2100</v>
+        <v>2118</v>
       </c>
       <c r="C558" t="s">
-        <v>2101</v>
+        <v>1968</v>
       </c>
       <c r="D558" t="s">
-        <v>2102</v>
+        <v>1969</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>2103</v>
+        <v>2129</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>2104</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2099</v>
+        <v>2117</v>
       </c>
       <c r="B559" t="s">
-        <v>2100</v>
+        <v>2118</v>
       </c>
       <c r="C559" t="s">
-        <v>1920</v>
+        <v>1984</v>
       </c>
       <c r="D559" t="s">
-        <v>1921</v>
+        <v>1985</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>2105</v>
+        <v>2131</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>2106</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>2099</v>
+        <v>2117</v>
       </c>
       <c r="B560" t="s">
-        <v>2100</v>
+        <v>2118</v>
       </c>
       <c r="C560" t="s">
-        <v>2107</v>
+        <v>2027</v>
       </c>
       <c r="D560" t="s">
-        <v>2108</v>
+        <v>2028</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>2109</v>
+        <v>2133</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>2110</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2099</v>
+        <v>2117</v>
       </c>
       <c r="B561" t="s">
-        <v>2100</v>
+        <v>2118</v>
       </c>
       <c r="C561" t="s">
-        <v>1960</v>
+        <v>2135</v>
       </c>
       <c r="D561" t="s">
-        <v>1961</v>
+        <v>2136</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>2111</v>
+        <v>2137</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>2112</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>2099</v>
+        <v>2117</v>
       </c>
       <c r="B562" t="s">
-        <v>2100</v>
+        <v>2118</v>
       </c>
       <c r="C562" t="s">
-        <v>1976</v>
+        <v>2031</v>
       </c>
       <c r="D562" t="s">
-        <v>1977</v>
+        <v>2032</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>2113</v>
+        <v>2139</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>2114</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2099</v>
+        <v>2117</v>
       </c>
       <c r="B563" t="s">
-        <v>2100</v>
+        <v>2118</v>
       </c>
       <c r="C563" t="s">
-        <v>2011</v>
+        <v>2063</v>
       </c>
       <c r="D563" t="s">
-        <v>2012</v>
+        <v>2064</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>2115</v>
+        <v>2065</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>2116</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2099</v>
+        <v>2117</v>
       </c>
       <c r="B564" t="s">
-        <v>2100</v>
+        <v>2118</v>
       </c>
       <c r="C564" t="s">
-        <v>2117</v>
+        <v>2067</v>
       </c>
       <c r="D564" t="s">
-        <v>2118</v>
+        <v>2068</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>2119</v>
+        <v>2069</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>2120</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>2099</v>
+        <v>2142</v>
       </c>
       <c r="B565" t="s">
-        <v>2100</v>
+        <v>2143</v>
       </c>
       <c r="C565" t="s">
-        <v>2015</v>
+        <v>571</v>
       </c>
       <c r="D565" t="s">
-        <v>2016</v>
+        <v>572</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>2121</v>
+        <v>1833</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>2122</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2099</v>
+        <v>2142</v>
       </c>
       <c r="B566" t="s">
-        <v>2100</v>
+        <v>2143</v>
       </c>
       <c r="C566" t="s">
-        <v>2041</v>
+        <v>2144</v>
       </c>
       <c r="D566" t="s">
-        <v>2042</v>
+        <v>2145</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>2043</v>
+        <v>2146</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>2044</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>2099</v>
+        <v>2142</v>
       </c>
       <c r="B567" t="s">
-        <v>2100</v>
+        <v>2143</v>
       </c>
       <c r="C567" t="s">
-        <v>2045</v>
+        <v>2148</v>
       </c>
       <c r="D567" t="s">
-        <v>2046</v>
+        <v>2149</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>2047</v>
+        <v>2150</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>2123</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B568" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C568" t="s">
-        <v>569</v>
+        <v>2152</v>
       </c>
       <c r="D568" t="s">
-        <v>570</v>
+        <v>2153</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>2126</v>
+        <v>2154</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>2127</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B569" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C569" t="s">
-        <v>585</v>
+        <v>993</v>
       </c>
       <c r="D569" t="s">
-        <v>586</v>
+        <v>994</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>1827</v>
+        <v>2156</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>1828</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B570" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C570" t="s">
-        <v>2128</v>
+        <v>2158</v>
       </c>
       <c r="D570" t="s">
-        <v>2129</v>
+        <v>2159</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>2130</v>
+        <v>2160</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>2131</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B571" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C571" t="s">
-        <v>2132</v>
+        <v>2162</v>
       </c>
       <c r="D571" t="s">
-        <v>2133</v>
+        <v>1840</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>2134</v>
+        <v>2163</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>2135</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B572" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C572" t="s">
-        <v>2136</v>
+        <v>334</v>
       </c>
       <c r="D572" t="s">
-        <v>2137</v>
+        <v>335</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>2138</v>
+        <v>336</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>2139</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B573" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C573" t="s">
-        <v>1019</v>
+        <v>1858</v>
       </c>
       <c r="D573" t="s">
-        <v>1020</v>
+        <v>1859</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>2140</v>
+        <v>2166</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>2141</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B574" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C574" t="s">
-        <v>349</v>
+        <v>2168</v>
       </c>
       <c r="D574" t="s">
-        <v>350</v>
+        <v>2169</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>2142</v>
+        <v>2170</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>2143</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B575" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C575" t="s">
-        <v>2144</v>
+        <v>2172</v>
       </c>
       <c r="D575" t="s">
-        <v>1834</v>
+        <v>2173</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>2145</v>
+        <v>2174</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>2146</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B576" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C576" t="s">
-        <v>353</v>
+        <v>2176</v>
       </c>
       <c r="D576" t="s">
-        <v>354</v>
+        <v>2177</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>355</v>
+        <v>2178</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>2147</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B577" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C577" t="s">
-        <v>1854</v>
+        <v>342</v>
       </c>
       <c r="D577" t="s">
-        <v>1855</v>
+        <v>343</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>2148</v>
+        <v>344</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>2149</v>
+        <v>958</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B578" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C578" t="s">
-        <v>2150</v>
+        <v>1866</v>
       </c>
       <c r="D578" t="s">
-        <v>2151</v>
+        <v>1867</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>2152</v>
+        <v>2180</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>2153</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B579" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C579" t="s">
-        <v>1862</v>
+        <v>2182</v>
       </c>
       <c r="D579" t="s">
-        <v>1863</v>
+        <v>2183</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>2154</v>
+        <v>2184</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>2155</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B580" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C580" t="s">
-        <v>2156</v>
+        <v>346</v>
       </c>
       <c r="D580" t="s">
-        <v>2157</v>
+        <v>347</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>2158</v>
+        <v>348</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>2159</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B581" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C581" t="s">
-        <v>361</v>
+        <v>963</v>
       </c>
       <c r="D581" t="s">
-        <v>362</v>
+        <v>964</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>363</v>
+        <v>1263</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>984</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B582" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C582" t="s">
-        <v>299</v>
+        <v>967</v>
       </c>
       <c r="D582" t="s">
-        <v>300</v>
+        <v>968</v>
       </c>
       <c r="E582" s="2" t="s">
-        <v>2160</v>
+        <v>2187</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>2161</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B583" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C583" t="s">
-        <v>1868</v>
+        <v>350</v>
       </c>
       <c r="D583" t="s">
-        <v>1869</v>
+        <v>351</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>2162</v>
+        <v>352</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>2163</v>
+        <v>353</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B584" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C584" t="s">
-        <v>2164</v>
+        <v>2189</v>
       </c>
       <c r="D584" t="s">
-        <v>2165</v>
+        <v>592</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>2166</v>
+        <v>2190</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>2167</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="B585" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
       <c r="C585" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="D585" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>2168</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2124</v>
+        <v>2193</v>
       </c>
       <c r="B586" t="s">
-        <v>2125</v>
+        <v>2194</v>
       </c>
       <c r="C586" t="s">
-        <v>989</v>
+        <v>2195</v>
       </c>
       <c r="D586" t="s">
-        <v>990</v>
+        <v>2196</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>1275</v>
+        <v>2197</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>1876</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2124</v>
+        <v>2193</v>
       </c>
       <c r="B587" t="s">
-        <v>2125</v>
+        <v>2194</v>
       </c>
       <c r="C587" t="s">
-        <v>993</v>
+        <v>2199</v>
       </c>
       <c r="D587" t="s">
-        <v>994</v>
+        <v>2200</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>2169</v>
+        <v>2201</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>2170</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2124</v>
+        <v>2193</v>
       </c>
       <c r="B588" t="s">
-        <v>2125</v>
+        <v>2194</v>
       </c>
       <c r="C588" t="s">
-        <v>369</v>
+        <v>2203</v>
       </c>
       <c r="D588" t="s">
-        <v>370</v>
+        <v>2204</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>371</v>
+        <v>2205</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>372</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2124</v>
+        <v>2193</v>
       </c>
       <c r="B589" t="s">
-        <v>2125</v>
+        <v>2194</v>
       </c>
       <c r="C589" t="s">
-        <v>2171</v>
+        <v>2207</v>
       </c>
       <c r="D589" t="s">
-        <v>606</v>
+        <v>2208</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>2172</v>
+        <v>2209</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>2173</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2124</v>
+        <v>2193</v>
       </c>
       <c r="B590" t="s">
-        <v>2125</v>
+        <v>2194</v>
       </c>
       <c r="C590" t="s">
-        <v>377</v>
+        <v>2211</v>
       </c>
       <c r="D590" t="s">
-        <v>378</v>
+        <v>2212</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>379</v>
+        <v>2213</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>2174</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B591" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C591" t="s">
-        <v>2177</v>
+        <v>2215</v>
       </c>
       <c r="D591" t="s">
-        <v>2178</v>
+        <v>2216</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>2179</v>
+        <v>2217</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>2180</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B592" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C592" t="s">
-        <v>2181</v>
+        <v>2219</v>
       </c>
       <c r="D592" t="s">
-        <v>2182</v>
+        <v>2220</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>2183</v>
+        <v>2221</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>2184</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B593" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C593" t="s">
-        <v>2185</v>
+        <v>2223</v>
       </c>
       <c r="D593" t="s">
-        <v>2186</v>
+        <v>2224</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>2187</v>
+        <v>2225</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>2188</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B594" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C594" t="s">
-        <v>2189</v>
+        <v>2227</v>
       </c>
       <c r="D594" t="s">
-        <v>2190</v>
+        <v>2228</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>2191</v>
+        <v>2229</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>2192</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B595" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C595" t="s">
-        <v>2193</v>
+        <v>2231</v>
       </c>
       <c r="D595" t="s">
-        <v>2194</v>
+        <v>2232</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>2195</v>
+        <v>2233</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>2196</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B596" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C596" t="s">
-        <v>2197</v>
+        <v>2235</v>
       </c>
       <c r="D596" t="s">
-        <v>2198</v>
+        <v>2236</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>2199</v>
+        <v>2237</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>2200</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B597" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C597" t="s">
-        <v>2201</v>
+        <v>2239</v>
       </c>
       <c r="D597" t="s">
-        <v>2202</v>
+        <v>2240</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>2203</v>
+        <v>2241</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>2204</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B598" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C598" t="s">
-        <v>2205</v>
+        <v>2243</v>
       </c>
       <c r="D598" t="s">
-        <v>2206</v>
+        <v>2244</v>
       </c>
       <c r="E598" s="2" t="s">
-        <v>2207</v>
+        <v>2245</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>2208</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B599" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C599" t="s">
-        <v>2209</v>
+        <v>2246</v>
       </c>
       <c r="D599" t="s">
-        <v>2210</v>
+        <v>2247</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>2211</v>
+        <v>2248</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>2212</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B600" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C600" t="s">
-        <v>2213</v>
+        <v>73</v>
       </c>
       <c r="D600" t="s">
-        <v>2214</v>
+        <v>74</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>2215</v>
+        <v>2250</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>2216</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B601" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C601" t="s">
-        <v>2217</v>
+        <v>2252</v>
       </c>
       <c r="D601" t="s">
-        <v>2218</v>
+        <v>2253</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>2219</v>
+        <v>2254</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>2220</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B602" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C602" t="s">
-        <v>2221</v>
+        <v>2256</v>
       </c>
       <c r="D602" t="s">
-        <v>2222</v>
+        <v>2257</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>2223</v>
+        <v>2258</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>2224</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2175</v>
+        <v>2193</v>
       </c>
       <c r="B603" t="s">
-        <v>2176</v>
+        <v>2194</v>
       </c>
       <c r="C603" t="s">
-        <v>2225</v>
+        <v>2260</v>
       </c>
       <c r="D603" t="s">
-        <v>2226</v>
+        <v>2261</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>2227</v>
+        <v>2262</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>1806</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2175</v>
+        <v>2264</v>
       </c>
       <c r="B604" t="s">
-        <v>2176</v>
+        <v>2265</v>
       </c>
       <c r="C604" t="s">
-        <v>2228</v>
+        <v>2266</v>
       </c>
       <c r="D604" t="s">
-        <v>2229</v>
+        <v>2267</v>
       </c>
       <c r="E604" s="2" t="s">
-        <v>2230</v>
+        <v>2268</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>2231</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2175</v>
+        <v>2264</v>
       </c>
       <c r="B605" t="s">
-        <v>2176</v>
+        <v>2265</v>
       </c>
       <c r="C605" t="s">
-        <v>73</v>
+        <v>2270</v>
       </c>
       <c r="D605" t="s">
-        <v>74</v>
+        <v>2271</v>
       </c>
       <c r="E605" s="2" t="s">
-        <v>2232</v>
+        <v>2272</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>2233</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>2175</v>
+        <v>2264</v>
       </c>
       <c r="B606" t="s">
-        <v>2176</v>
+        <v>2265</v>
       </c>
       <c r="C606" t="s">
-        <v>2234</v>
+        <v>346</v>
       </c>
       <c r="D606" t="s">
-        <v>2235</v>
+        <v>347</v>
       </c>
       <c r="E606" s="2" t="s">
-        <v>2236</v>
+        <v>2274</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>2237</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2175</v>
+        <v>2264</v>
       </c>
       <c r="B607" t="s">
-        <v>2176</v>
+        <v>2265</v>
       </c>
       <c r="C607" t="s">
-        <v>2238</v>
+        <v>2276</v>
       </c>
       <c r="D607" t="s">
-        <v>2239</v>
+        <v>2277</v>
       </c>
       <c r="E607" s="2" t="s">
-        <v>2240</v>
+        <v>2278</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>2241</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2175</v>
+        <v>2280</v>
       </c>
       <c r="B608" t="s">
-        <v>2176</v>
+        <v>2281</v>
       </c>
       <c r="C608" t="s">
-        <v>2242</v>
+        <v>2282</v>
       </c>
       <c r="D608" t="s">
-        <v>2243</v>
+        <v>2283</v>
       </c>
       <c r="E608" s="2" t="s">
-        <v>2244</v>
+        <v>2284</v>
       </c>
       <c r="F608" s="2" t="s">
-        <v>2245</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2246</v>
+        <v>2280</v>
       </c>
       <c r="B609" t="s">
-        <v>2247</v>
+        <v>2281</v>
       </c>
       <c r="C609" t="s">
-        <v>2248</v>
+        <v>2286</v>
       </c>
       <c r="D609" t="s">
-        <v>2249</v>
+        <v>2287</v>
       </c>
       <c r="E609" s="2" t="s">
-        <v>2250</v>
+        <v>2288</v>
       </c>
       <c r="F609" s="2" t="s">
-        <v>2251</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2246</v>
+        <v>2280</v>
       </c>
       <c r="B610" t="s">
-        <v>2247</v>
+        <v>2281</v>
       </c>
       <c r="C610" t="s">
-        <v>2252</v>
+        <v>2290</v>
       </c>
       <c r="D610" t="s">
-        <v>2253</v>
+        <v>2291</v>
       </c>
       <c r="E610" s="2" t="s">
-        <v>2254</v>
+        <v>2292</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>2255</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2246</v>
+        <v>2280</v>
       </c>
       <c r="B611" t="s">
-        <v>2247</v>
+        <v>2281</v>
       </c>
       <c r="C611" t="s">
-        <v>365</v>
+        <v>2294</v>
       </c>
       <c r="D611" t="s">
-        <v>366</v>
+        <v>2295</v>
       </c>
       <c r="E611" s="2" t="s">
-        <v>2256</v>
+        <v>2296</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>2257</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2246</v>
+        <v>2280</v>
       </c>
       <c r="B612" t="s">
-        <v>2247</v>
+        <v>2281</v>
       </c>
       <c r="C612" t="s">
-        <v>2258</v>
+        <v>2298</v>
       </c>
       <c r="D612" t="s">
-        <v>2259</v>
+        <v>2299</v>
       </c>
       <c r="E612" s="2" t="s">
-        <v>2260</v>
+        <v>2300</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>2261</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2262</v>
+        <v>2280</v>
       </c>
       <c r="B613" t="s">
-        <v>2263</v>
+        <v>2281</v>
       </c>
       <c r="C613" t="s">
-        <v>2264</v>
+        <v>2302</v>
       </c>
       <c r="D613" t="s">
-        <v>2265</v>
+        <v>2303</v>
       </c>
       <c r="E613" s="2" t="s">
-        <v>2266</v>
+        <v>2304</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>2267</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
-        <v>2262</v>
+        <v>2280</v>
       </c>
       <c r="B614" t="s">
-        <v>2263</v>
+        <v>2281</v>
       </c>
       <c r="C614" t="s">
-        <v>2268</v>
+        <v>2306</v>
       </c>
       <c r="D614" t="s">
-        <v>2269</v>
+        <v>2307</v>
       </c>
       <c r="E614" s="2" t="s">
-        <v>2270</v>
+        <v>2308</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>2271</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2262</v>
+        <v>2280</v>
       </c>
       <c r="B615" t="s">
-        <v>2263</v>
+        <v>2281</v>
       </c>
       <c r="C615" t="s">
-        <v>2272</v>
+        <v>2310</v>
       </c>
       <c r="D615" t="s">
-        <v>2273</v>
+        <v>2311</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>2274</v>
+        <v>2312</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>2275</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2262</v>
+        <v>2280</v>
       </c>
       <c r="B616" t="s">
-        <v>2263</v>
+        <v>2281</v>
       </c>
       <c r="C616" t="s">
-        <v>2276</v>
+        <v>2314</v>
       </c>
       <c r="D616" t="s">
-        <v>2277</v>
+        <v>2315</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>2278</v>
+        <v>2316</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>2279</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2262</v>
+        <v>2280</v>
       </c>
       <c r="B617" t="s">
-        <v>2263</v>
+        <v>2281</v>
       </c>
       <c r="C617" t="s">
-        <v>2280</v>
+        <v>2318</v>
       </c>
       <c r="D617" t="s">
-        <v>2281</v>
+        <v>2319</v>
       </c>
       <c r="E617" s="2" t="s">
-        <v>2282</v>
+        <v>2320</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>2283</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2262</v>
+        <v>2322</v>
       </c>
       <c r="B618" t="s">
-        <v>2263</v>
+        <v>2323</v>
       </c>
       <c r="C618" t="s">
-        <v>2284</v>
+        <v>2324</v>
       </c>
       <c r="D618" t="s">
-        <v>2285</v>
+        <v>2325</v>
       </c>
       <c r="E618" s="2" t="s">
-        <v>2286</v>
+        <v>2326</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>2287</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2262</v>
+        <v>2322</v>
       </c>
       <c r="B619" t="s">
-        <v>2263</v>
+        <v>2323</v>
       </c>
       <c r="C619" t="s">
-        <v>2288</v>
+        <v>2328</v>
       </c>
       <c r="D619" t="s">
-        <v>2289</v>
+        <v>2329</v>
       </c>
       <c r="E619" s="2" t="s">
-        <v>2290</v>
+        <v>2330</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>2291</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2262</v>
+        <v>2322</v>
       </c>
       <c r="B620" t="s">
-        <v>2263</v>
+        <v>2323</v>
       </c>
       <c r="C620" t="s">
-        <v>2292</v>
+        <v>2332</v>
       </c>
       <c r="D620" t="s">
-        <v>2293</v>
+        <v>2333</v>
       </c>
       <c r="E620" s="2" t="s">
-        <v>2294</v>
+        <v>2334</v>
       </c>
       <c r="F620" s="2" t="s">
-        <v>2295</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2262</v>
+        <v>2322</v>
       </c>
       <c r="B621" t="s">
-        <v>2263</v>
+        <v>2323</v>
       </c>
       <c r="C621" t="s">
-        <v>2296</v>
+        <v>2336</v>
       </c>
       <c r="D621" t="s">
-        <v>2297</v>
+        <v>2337</v>
       </c>
       <c r="E621" s="2" t="s">
-        <v>2298</v>
+        <v>2338</v>
       </c>
       <c r="F621" s="2" t="s">
-        <v>2299</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2262</v>
+        <v>2322</v>
       </c>
       <c r="B622" t="s">
-        <v>2263</v>
+        <v>2323</v>
       </c>
       <c r="C622" t="s">
-        <v>2300</v>
+        <v>2340</v>
       </c>
       <c r="D622" t="s">
-        <v>2301</v>
+        <v>2341</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>2302</v>
+        <v>2342</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>2303</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B623" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C623" t="s">
-        <v>2306</v>
+        <v>2344</v>
       </c>
       <c r="D623" t="s">
-        <v>2307</v>
+        <v>2345</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>2308</v>
+        <v>2346</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>2309</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B624" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C624" t="s">
-        <v>2310</v>
+        <v>2348</v>
       </c>
       <c r="D624" t="s">
-        <v>2311</v>
+        <v>2349</v>
       </c>
       <c r="E624" s="2" t="s">
-        <v>2312</v>
+        <v>2350</v>
       </c>
       <c r="F624" s="2" t="s">
-        <v>2313</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B625" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C625" t="s">
-        <v>2314</v>
+        <v>2352</v>
       </c>
       <c r="D625" t="s">
-        <v>2315</v>
+        <v>2353</v>
       </c>
       <c r="E625" s="2" t="s">
-        <v>2316</v>
+        <v>2354</v>
       </c>
       <c r="F625" s="2" t="s">
-        <v>2317</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B626" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C626" t="s">
-        <v>2318</v>
+        <v>2356</v>
       </c>
       <c r="D626" t="s">
-        <v>2319</v>
+        <v>2357</v>
       </c>
       <c r="E626" s="2" t="s">
-        <v>2320</v>
+        <v>2358</v>
       </c>
       <c r="F626" s="2" t="s">
-        <v>2321</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B627" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C627" t="s">
-        <v>2322</v>
+        <v>2360</v>
       </c>
       <c r="D627" t="s">
-        <v>2323</v>
+        <v>2361</v>
       </c>
       <c r="E627" s="2" t="s">
-        <v>2324</v>
+        <v>2362</v>
       </c>
       <c r="F627" s="2" t="s">
-        <v>2325</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B628" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C628" t="s">
-        <v>2326</v>
+        <v>2364</v>
       </c>
       <c r="D628" t="s">
-        <v>2327</v>
+        <v>2365</v>
       </c>
       <c r="E628" s="2" t="s">
-        <v>2328</v>
+        <v>2366</v>
       </c>
       <c r="F628" s="2" t="s">
-        <v>2329</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B629" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C629" t="s">
-        <v>2330</v>
+        <v>2368</v>
       </c>
       <c r="D629" t="s">
-        <v>2331</v>
+        <v>2369</v>
       </c>
       <c r="E629" s="2" t="s">
-        <v>2332</v>
+        <v>2370</v>
       </c>
       <c r="F629" s="2" t="s">
-        <v>2333</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B630" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C630" t="s">
-        <v>2334</v>
+        <v>599</v>
       </c>
       <c r="D630" t="s">
-        <v>2335</v>
+        <v>600</v>
       </c>
       <c r="E630" s="2" t="s">
-        <v>2336</v>
+        <v>2372</v>
       </c>
       <c r="F630" s="2" t="s">
-        <v>2337</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B631" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C631" t="s">
-        <v>2338</v>
+        <v>2374</v>
       </c>
       <c r="D631" t="s">
-        <v>2339</v>
+        <v>2375</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>2340</v>
+        <v>2376</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>2341</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B632" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C632" t="s">
-        <v>2342</v>
+        <v>2378</v>
       </c>
       <c r="D632" t="s">
-        <v>2343</v>
+        <v>2379</v>
       </c>
       <c r="E632" s="2" t="s">
-        <v>2344</v>
+        <v>2380</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>2345</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B633" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C633" t="s">
-        <v>2346</v>
+        <v>2382</v>
       </c>
       <c r="D633" t="s">
-        <v>2347</v>
+        <v>2383</v>
       </c>
       <c r="E633" s="2" t="s">
-        <v>2348</v>
+        <v>2384</v>
       </c>
       <c r="F633" s="2" t="s">
-        <v>2349</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B634" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C634" t="s">
-        <v>613</v>
+        <v>2386</v>
       </c>
       <c r="D634" t="s">
-        <v>614</v>
+        <v>2387</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>2350</v>
+        <v>2388</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>2351</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B635" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C635" t="s">
-        <v>2352</v>
+        <v>2390</v>
       </c>
       <c r="D635" t="s">
-        <v>2353</v>
+        <v>2391</v>
       </c>
       <c r="E635" s="2" t="s">
-        <v>2354</v>
+        <v>2392</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>2355</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>2304</v>
+        <v>2322</v>
       </c>
       <c r="B636" t="s">
-        <v>2305</v>
+        <v>2323</v>
       </c>
       <c r="C636" t="s">
-        <v>2356</v>
+        <v>2394</v>
       </c>
       <c r="D636" t="s">
-        <v>2357</v>
+        <v>2395</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>2358</v>
+        <v>2396</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>2359</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2304</v>
+        <v>2398</v>
       </c>
       <c r="B637" t="s">
-        <v>2305</v>
+        <v>2399</v>
       </c>
       <c r="C637" t="s">
-        <v>2360</v>
+        <v>2400</v>
       </c>
       <c r="D637" t="s">
-        <v>2361</v>
+        <v>2401</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>2362</v>
+        <v>2402</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>2363</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2304</v>
+        <v>2398</v>
       </c>
       <c r="B638" t="s">
-        <v>2305</v>
+        <v>2399</v>
       </c>
       <c r="C638" t="s">
-        <v>2364</v>
+        <v>2404</v>
       </c>
       <c r="D638" t="s">
-        <v>2365</v>
+        <v>2405</v>
       </c>
       <c r="E638" s="2" t="s">
-        <v>2366</v>
+        <v>2406</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>2367</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2304</v>
+        <v>2398</v>
       </c>
       <c r="B639" t="s">
-        <v>2305</v>
+        <v>2399</v>
       </c>
       <c r="C639" t="s">
-        <v>2368</v>
+        <v>342</v>
       </c>
       <c r="D639" t="s">
-        <v>2369</v>
+        <v>343</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>2370</v>
+        <v>344</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>2371</v>
+        <v>958</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2304</v>
+        <v>2398</v>
       </c>
       <c r="B640" t="s">
-        <v>2305</v>
+        <v>2399</v>
       </c>
       <c r="C640" t="s">
-        <v>993</v>
+        <v>1736</v>
       </c>
       <c r="D640" t="s">
-        <v>994</v>
+        <v>1737</v>
       </c>
       <c r="E640" s="2" t="s">
-        <v>2372</v>
+        <v>2408</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>2373</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2304</v>
+        <v>2398</v>
       </c>
       <c r="B641" t="s">
-        <v>2305</v>
+        <v>2399</v>
       </c>
       <c r="C641" t="s">
-        <v>2374</v>
+        <v>2410</v>
       </c>
       <c r="D641" t="s">
-        <v>2375</v>
+        <v>2411</v>
       </c>
       <c r="E641" s="2" t="s">
-        <v>2376</v>
+        <v>2412</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>2377</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2378</v>
+        <v>2414</v>
       </c>
       <c r="B642" t="s">
-        <v>2379</v>
+        <v>2415</v>
       </c>
       <c r="C642" t="s">
-        <v>2380</v>
+        <v>2416</v>
       </c>
       <c r="D642" t="s">
-        <v>2381</v>
+        <v>2417</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>2382</v>
+        <v>2418</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>2383</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2378</v>
+        <v>2414</v>
       </c>
       <c r="B643" t="s">
-        <v>2379</v>
+        <v>2415</v>
       </c>
       <c r="C643" t="s">
-        <v>361</v>
+        <v>2420</v>
       </c>
       <c r="D643" t="s">
-        <v>362</v>
+        <v>2421</v>
       </c>
       <c r="E643" s="2" t="s">
-        <v>363</v>
+        <v>2422</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>984</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>2378</v>
+        <v>2414</v>
       </c>
       <c r="B644" t="s">
-        <v>2379</v>
+        <v>2415</v>
       </c>
       <c r="C644" t="s">
-        <v>1725</v>
+        <v>2424</v>
       </c>
       <c r="D644" t="s">
-        <v>1726</v>
+        <v>2425</v>
       </c>
       <c r="E644" s="2" t="s">
-        <v>2384</v>
+        <v>2426</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>2385</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>2378</v>
+        <v>2414</v>
       </c>
       <c r="B645" t="s">
-        <v>2379</v>
+        <v>2415</v>
       </c>
       <c r="C645" t="s">
-        <v>2386</v>
+        <v>2428</v>
       </c>
       <c r="D645" t="s">
-        <v>2387</v>
+        <v>2429</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>2388</v>
+        <v>2430</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2389</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B646" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C646" t="s">
-        <v>2392</v>
+        <v>2432</v>
       </c>
       <c r="D646" t="s">
-        <v>2393</v>
+        <v>2433</v>
       </c>
       <c r="E646" s="2" t="s">
-        <v>2394</v>
+        <v>2434</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>2395</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B647" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C647" t="s">
-        <v>585</v>
+        <v>2436</v>
       </c>
       <c r="D647" t="s">
-        <v>586</v>
+        <v>2437</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>2396</v>
+        <v>2438</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>2397</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B648" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C648" t="s">
-        <v>2398</v>
+        <v>2440</v>
       </c>
       <c r="D648" t="s">
-        <v>2399</v>
+        <v>2441</v>
       </c>
       <c r="E648" s="2" t="s">
-        <v>2400</v>
+        <v>2442</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>2401</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B649" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C649" t="s">
-        <v>2402</v>
+        <v>2444</v>
       </c>
       <c r="D649" t="s">
-        <v>2403</v>
+        <v>2445</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>2404</v>
+        <v>2446</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>2405</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B650" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C650" t="s">
-        <v>2406</v>
+        <v>2448</v>
       </c>
       <c r="D650" t="s">
-        <v>2407</v>
+        <v>2449</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>2408</v>
+        <v>2450</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>2409</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B651" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C651" t="s">
-        <v>2410</v>
+        <v>2452</v>
       </c>
       <c r="D651" t="s">
-        <v>2411</v>
+        <v>2453</v>
       </c>
       <c r="E651" s="2" t="s">
-        <v>2412</v>
+        <v>2454</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>2413</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B652" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C652" t="s">
-        <v>2414</v>
+        <v>2456</v>
       </c>
       <c r="D652" t="s">
-        <v>2415</v>
+        <v>2457</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>2416</v>
+        <v>2458</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>2417</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B653" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C653" t="s">
-        <v>2418</v>
+        <v>2460</v>
       </c>
       <c r="D653" t="s">
-        <v>2419</v>
+        <v>2461</v>
       </c>
       <c r="E653" s="2" t="s">
-        <v>2420</v>
+        <v>2462</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>2421</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B654" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C654" t="s">
-        <v>2422</v>
+        <v>971</v>
       </c>
       <c r="D654" t="s">
-        <v>2423</v>
+        <v>972</v>
       </c>
       <c r="E654" s="2" t="s">
-        <v>2424</v>
+        <v>2464</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>2425</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B655" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C655" t="s">
-        <v>2426</v>
+        <v>2466</v>
       </c>
       <c r="D655" t="s">
-        <v>2427</v>
+        <v>2467</v>
       </c>
       <c r="E655" s="2" t="s">
-        <v>2428</v>
+        <v>2468</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>2429</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B656" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C656" t="s">
-        <v>2430</v>
+        <v>2470</v>
       </c>
       <c r="D656" t="s">
-        <v>2431</v>
+        <v>2471</v>
       </c>
       <c r="E656" s="2" t="s">
-        <v>2432</v>
+        <v>2472</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>2433</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B657" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C657" t="s">
-        <v>2434</v>
+        <v>2474</v>
       </c>
       <c r="D657" t="s">
-        <v>2435</v>
+        <v>2475</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>2436</v>
+        <v>2476</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>2437</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B658" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C658" t="s">
-        <v>2438</v>
+        <v>2478</v>
       </c>
       <c r="D658" t="s">
-        <v>2439</v>
+        <v>2479</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>2440</v>
+        <v>2480</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>2441</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>2390</v>
+        <v>2414</v>
       </c>
       <c r="B659" t="s">
-        <v>2391</v>
+        <v>2415</v>
       </c>
       <c r="C659" t="s">
-        <v>2386</v>
+        <v>2482</v>
       </c>
       <c r="D659" t="s">
-        <v>2387</v>
+        <v>2483</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>2442</v>
+        <v>2484</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>2443</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>2390</v>
+        <v>2486</v>
       </c>
       <c r="B660" t="s">
-        <v>2391</v>
+        <v>2487</v>
       </c>
       <c r="C660" t="s">
-        <v>997</v>
+        <v>2488</v>
       </c>
       <c r="D660" t="s">
-        <v>998</v>
+        <v>2489</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>2444</v>
+        <v>2490</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>2445</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>2390</v>
+        <v>2486</v>
       </c>
       <c r="B661" t="s">
-        <v>2391</v>
+        <v>2487</v>
       </c>
       <c r="C661" t="s">
-        <v>2446</v>
+        <v>2492</v>
       </c>
       <c r="D661" t="s">
-        <v>2447</v>
+        <v>2493</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>2448</v>
+        <v>2494</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>2449</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>2390</v>
+        <v>2486</v>
       </c>
       <c r="B662" t="s">
-        <v>2391</v>
+        <v>2487</v>
       </c>
       <c r="C662" t="s">
-        <v>2450</v>
+        <v>2496</v>
       </c>
       <c r="D662" t="s">
-        <v>2451</v>
+        <v>1826</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>2452</v>
+        <v>2497</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>2453</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>2390</v>
+        <v>2486</v>
       </c>
       <c r="B663" t="s">
-        <v>2391</v>
+        <v>2487</v>
       </c>
       <c r="C663" t="s">
-        <v>2454</v>
+        <v>2499</v>
       </c>
       <c r="D663" t="s">
-        <v>2455</v>
+        <v>2500</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>2456</v>
+        <v>2501</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>2457</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>2390</v>
+        <v>2486</v>
       </c>
       <c r="B664" t="s">
-        <v>2391</v>
+        <v>2487</v>
       </c>
       <c r="C664" t="s">
-        <v>2458</v>
+        <v>2503</v>
       </c>
       <c r="D664" t="s">
-        <v>2459</v>
+        <v>2504</v>
       </c>
       <c r="E664" s="2" t="s">
-        <v>2460</v>
+        <v>2505</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>2461</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>2390</v>
+        <v>2486</v>
       </c>
       <c r="B665" t="s">
-        <v>2391</v>
+        <v>2487</v>
       </c>
       <c r="C665" t="s">
-        <v>2462</v>
+        <v>2507</v>
       </c>
       <c r="D665" t="s">
-        <v>2463</v>
+        <v>2508</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>2464</v>
+        <v>2509</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>2465</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>2466</v>
+        <v>2511</v>
       </c>
       <c r="B666" t="s">
-        <v>2467</v>
+        <v>2512</v>
       </c>
       <c r="C666" t="s">
-        <v>2468</v>
+        <v>2513</v>
       </c>
       <c r="D666" t="s">
-        <v>2469</v>
+        <v>2514</v>
       </c>
       <c r="E666" s="2" t="s">
-        <v>2470</v>
+        <v>2515</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>2471</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>2466</v>
+        <v>2511</v>
       </c>
       <c r="B667" t="s">
-        <v>2467</v>
+        <v>2512</v>
       </c>
       <c r="C667" t="s">
-        <v>2472</v>
+        <v>2517</v>
       </c>
       <c r="D667" t="s">
-        <v>2473</v>
+        <v>2518</v>
       </c>
       <c r="E667" s="2" t="s">
-        <v>2474</v>
+        <v>2519</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>2475</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>2466</v>
+        <v>2511</v>
       </c>
       <c r="B668" t="s">
-        <v>2467</v>
+        <v>2512</v>
       </c>
       <c r="C668" t="s">
-        <v>2476</v>
+        <v>2521</v>
       </c>
       <c r="D668" t="s">
-        <v>1820</v>
+        <v>2522</v>
       </c>
       <c r="E668" s="2" t="s">
-        <v>2477</v>
+        <v>2523</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>2478</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>2466</v>
+        <v>2511</v>
       </c>
       <c r="B669" t="s">
-        <v>2467</v>
+        <v>2512</v>
       </c>
       <c r="C669" t="s">
-        <v>2479</v>
+        <v>2525</v>
       </c>
       <c r="D669" t="s">
-        <v>2480</v>
+        <v>2526</v>
       </c>
       <c r="E669" s="2" t="s">
-        <v>2481</v>
+        <v>2527</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>2482</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>2466</v>
+        <v>2511</v>
       </c>
       <c r="B670" t="s">
-        <v>2467</v>
+        <v>2512</v>
       </c>
       <c r="C670" t="s">
-        <v>349</v>
+        <v>2529</v>
       </c>
       <c r="D670" t="s">
-        <v>350</v>
+        <v>2530</v>
       </c>
       <c r="E670" s="2" t="s">
-        <v>2483</v>
+        <v>2531</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>2484</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>2466</v>
+        <v>2511</v>
       </c>
       <c r="B671" t="s">
-        <v>2467</v>
+        <v>2512</v>
       </c>
       <c r="C671" t="s">
-        <v>2485</v>
+        <v>2533</v>
       </c>
       <c r="D671" t="s">
-        <v>2486</v>
+        <v>2534</v>
       </c>
       <c r="E671" s="2" t="s">
-        <v>2487</v>
+        <v>2535</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>2488</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>2466</v>
+        <v>2511</v>
       </c>
       <c r="B672" t="s">
-        <v>2467</v>
+        <v>2512</v>
       </c>
       <c r="C672" t="s">
-        <v>2489</v>
+        <v>2537</v>
       </c>
       <c r="D672" t="s">
-        <v>2490</v>
+        <v>2538</v>
       </c>
       <c r="E672" s="2" t="s">
-        <v>2491</v>
+        <v>2539</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>2492</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B673" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C673" t="s">
-        <v>229</v>
+        <v>2541</v>
       </c>
       <c r="D673" t="s">
-        <v>230</v>
+        <v>2542</v>
       </c>
       <c r="E673" s="2" t="s">
-        <v>2495</v>
+        <v>2543</v>
       </c>
       <c r="F673" s="2" t="s">
-        <v>2496</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B674" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C674" t="s">
-        <v>2497</v>
+        <v>2545</v>
       </c>
       <c r="D674" t="s">
-        <v>2498</v>
+        <v>2546</v>
       </c>
       <c r="E674" s="2" t="s">
-        <v>2499</v>
+        <v>2547</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>2500</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B675" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C675" t="s">
-        <v>2501</v>
+        <v>2549</v>
       </c>
       <c r="D675" t="s">
-        <v>2502</v>
+        <v>2550</v>
       </c>
       <c r="E675" s="2" t="s">
-        <v>2503</v>
+        <v>2551</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>2504</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B676" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C676" t="s">
-        <v>2505</v>
+        <v>1972</v>
       </c>
       <c r="D676" t="s">
-        <v>2506</v>
+        <v>1973</v>
       </c>
       <c r="E676" s="2" t="s">
-        <v>2507</v>
+        <v>2553</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>2508</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B677" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C677" t="s">
-        <v>2509</v>
+        <v>2555</v>
       </c>
       <c r="D677" t="s">
-        <v>2510</v>
+        <v>2173</v>
       </c>
       <c r="E677" s="2" t="s">
-        <v>2511</v>
+        <v>2556</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>2512</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B678" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C678" t="s">
-        <v>2513</v>
+        <v>2558</v>
       </c>
       <c r="D678" t="s">
-        <v>2514</v>
+        <v>2559</v>
       </c>
       <c r="E678" s="2" t="s">
-        <v>2515</v>
+        <v>2560</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>2516</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B679" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C679" t="s">
-        <v>2517</v>
+        <v>2562</v>
       </c>
       <c r="D679" t="s">
-        <v>2518</v>
+        <v>2563</v>
       </c>
       <c r="E679" s="2" t="s">
-        <v>2519</v>
+        <v>2564</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>2520</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B680" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C680" t="s">
-        <v>2521</v>
+        <v>2566</v>
       </c>
       <c r="D680" t="s">
-        <v>2522</v>
+        <v>2567</v>
       </c>
       <c r="E680" s="2" t="s">
-        <v>2523</v>
+        <v>2568</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>2524</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B681" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C681" t="s">
-        <v>2525</v>
+        <v>1455</v>
       </c>
       <c r="D681" t="s">
-        <v>2526</v>
+        <v>1456</v>
       </c>
       <c r="E681" s="2" t="s">
-        <v>2527</v>
+        <v>2570</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>2528</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B682" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C682" t="s">
-        <v>2529</v>
+        <v>2572</v>
       </c>
       <c r="D682" t="s">
-        <v>2530</v>
+        <v>2573</v>
       </c>
       <c r="E682" s="2" t="s">
-        <v>2531</v>
+        <v>2574</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>2532</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B683" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C683" t="s">
-        <v>1964</v>
+        <v>2576</v>
       </c>
       <c r="D683" t="s">
-        <v>1965</v>
+        <v>2577</v>
       </c>
       <c r="E683" s="2" t="s">
-        <v>2533</v>
+        <v>2578</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>2534</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B684" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C684" t="s">
-        <v>2535</v>
+        <v>2580</v>
       </c>
       <c r="D684" t="s">
-        <v>1863</v>
+        <v>469</v>
       </c>
       <c r="E684" s="2" t="s">
-        <v>2536</v>
+        <v>2581</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>2537</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B685" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C685" t="s">
-        <v>2538</v>
+        <v>2583</v>
       </c>
       <c r="D685" t="s">
-        <v>2539</v>
+        <v>2584</v>
       </c>
       <c r="E685" s="2" t="s">
-        <v>2540</v>
+        <v>2585</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>2541</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B686" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C686" t="s">
-        <v>2542</v>
+        <v>2310</v>
       </c>
       <c r="D686" t="s">
-        <v>2543</v>
+        <v>2311</v>
       </c>
       <c r="E686" s="2" t="s">
-        <v>2544</v>
+        <v>2587</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>2545</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" t="s">
-        <v>2493</v>
+        <v>2511</v>
       </c>
       <c r="B687" t="s">
-        <v>2494</v>
+        <v>2512</v>
       </c>
       <c r="C687" t="s">
-        <v>2546</v>
+        <v>2589</v>
       </c>
       <c r="D687" t="s">
-        <v>2547</v>
+        <v>2590</v>
       </c>
       <c r="E687" s="2" t="s">
-        <v>2548</v>
+        <v>2591</v>
       </c>
       <c r="F687" s="2" t="s">
-        <v>2549</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" t="s">
-        <v>2493</v>
+        <v>2593</v>
       </c>
       <c r="B688" t="s">
-        <v>2494</v>
+        <v>2594</v>
       </c>
       <c r="C688" t="s">
-        <v>1467</v>
+        <v>2595</v>
       </c>
       <c r="D688" t="s">
-        <v>1468</v>
+        <v>2596</v>
       </c>
       <c r="E688" s="2" t="s">
-        <v>2550</v>
+        <v>2597</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>2551</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" t="s">
-        <v>2493</v>
+        <v>2593</v>
       </c>
       <c r="B689" t="s">
-        <v>2494</v>
+        <v>2594</v>
       </c>
       <c r="C689" t="s">
-        <v>2552</v>
+        <v>2599</v>
       </c>
       <c r="D689" t="s">
-        <v>2553</v>
+        <v>2600</v>
       </c>
       <c r="E689" s="2" t="s">
-        <v>2554</v>
+        <v>2601</v>
       </c>
       <c r="F689" s="2" t="s">
-        <v>2555</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" t="s">
-        <v>2493</v>
+        <v>2593</v>
       </c>
       <c r="B690" t="s">
-        <v>2494</v>
+        <v>2594</v>
       </c>
       <c r="C690" t="s">
-        <v>2556</v>
+        <v>2603</v>
       </c>
       <c r="D690" t="s">
-        <v>2557</v>
+        <v>2604</v>
       </c>
       <c r="E690" s="2" t="s">
-        <v>2558</v>
+        <v>2605</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>2559</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" t="s">
-        <v>2493</v>
+        <v>2593</v>
       </c>
       <c r="B691" t="s">
-        <v>2494</v>
+        <v>2594</v>
       </c>
       <c r="C691" t="s">
-        <v>2560</v>
+        <v>2607</v>
       </c>
       <c r="D691" t="s">
-        <v>487</v>
+        <v>2608</v>
       </c>
       <c r="E691" s="2" t="s">
-        <v>2561</v>
+        <v>2609</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>2562</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" t="s">
-        <v>2493</v>
+        <v>2593</v>
       </c>
       <c r="B692" t="s">
-        <v>2494</v>
+        <v>2594</v>
       </c>
       <c r="C692" t="s">
-        <v>907</v>
+        <v>2611</v>
       </c>
       <c r="D692" t="s">
-        <v>908</v>
+        <v>2612</v>
       </c>
       <c r="E692" s="2" t="s">
-        <v>2563</v>
+        <v>2613</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>2564</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
-        <v>2493</v>
+        <v>2593</v>
       </c>
       <c r="B693" t="s">
-        <v>2494</v>
+        <v>2594</v>
       </c>
       <c r="C693" t="s">
-        <v>2292</v>
+        <v>2615</v>
       </c>
       <c r="D693" t="s">
-        <v>2293</v>
+        <v>2616</v>
       </c>
       <c r="E693" s="2" t="s">
-        <v>2565</v>
+        <v>2617</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>2566</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
-        <v>2493</v>
+        <v>2593</v>
       </c>
       <c r="B694" t="s">
-        <v>2494</v>
+        <v>2594</v>
       </c>
       <c r="C694" t="s">
-        <v>2567</v>
+        <v>2619</v>
       </c>
       <c r="D694" t="s">
-        <v>2568</v>
+        <v>2620</v>
       </c>
       <c r="E694" s="2" t="s">
-        <v>2569</v>
+        <v>2621</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>2570</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B695" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C695" t="s">
-        <v>2573</v>
+        <v>2623</v>
       </c>
       <c r="D695" t="s">
-        <v>2574</v>
+        <v>2624</v>
       </c>
       <c r="E695" s="2" t="s">
-        <v>2575</v>
+        <v>2625</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>2576</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B696" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C696" t="s">
-        <v>2577</v>
+        <v>2627</v>
       </c>
       <c r="D696" t="s">
-        <v>2578</v>
+        <v>2628</v>
       </c>
       <c r="E696" s="2" t="s">
-        <v>2579</v>
+        <v>2629</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>2580</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B697" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C697" t="s">
-        <v>2581</v>
+        <v>2631</v>
       </c>
       <c r="D697" t="s">
-        <v>2582</v>
+        <v>2631</v>
       </c>
       <c r="E697" s="2" t="s">
-        <v>2583</v>
+        <v>2632</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>2584</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B698" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C698" t="s">
-        <v>2585</v>
+        <v>2634</v>
       </c>
       <c r="D698" t="s">
-        <v>2586</v>
+        <v>2635</v>
       </c>
       <c r="E698" s="2" t="s">
-        <v>2587</v>
+        <v>2636</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>2588</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B699" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C699" t="s">
-        <v>2589</v>
+        <v>2638</v>
       </c>
       <c r="D699" t="s">
-        <v>2590</v>
+        <v>2639</v>
       </c>
       <c r="E699" s="2" t="s">
-        <v>2591</v>
+        <v>2640</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>2592</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B700" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C700" t="s">
-        <v>2593</v>
+        <v>2642</v>
       </c>
       <c r="D700" t="s">
-        <v>2594</v>
+        <v>2643</v>
       </c>
       <c r="E700" s="2" t="s">
-        <v>2595</v>
+        <v>2644</v>
       </c>
       <c r="F700" s="2" t="s">
-        <v>2596</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B701" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C701" t="s">
-        <v>2597</v>
+        <v>2646</v>
       </c>
       <c r="D701" t="s">
-        <v>2598</v>
+        <v>2647</v>
       </c>
       <c r="E701" s="2" t="s">
-        <v>2599</v>
+        <v>2648</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>2600</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B702" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C702" t="s">
-        <v>2601</v>
+        <v>2650</v>
       </c>
       <c r="D702" t="s">
-        <v>2602</v>
+        <v>998</v>
       </c>
       <c r="E702" s="2" t="s">
-        <v>2603</v>
+        <v>2651</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>2604</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B703" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C703" t="s">
-        <v>2605</v>
+        <v>2653</v>
       </c>
       <c r="D703" t="s">
-        <v>2606</v>
+        <v>2654</v>
       </c>
       <c r="E703" s="2" t="s">
-        <v>2607</v>
+        <v>2655</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>2608</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B704" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C704" t="s">
-        <v>2609</v>
+        <v>2657</v>
       </c>
       <c r="D704" t="s">
-        <v>2609</v>
+        <v>2658</v>
       </c>
       <c r="E704" s="2" t="s">
-        <v>2610</v>
+        <v>2659</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>2611</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B705" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C705" t="s">
-        <v>2612</v>
+        <v>2661</v>
       </c>
       <c r="D705" t="s">
-        <v>2613</v>
+        <v>2662</v>
       </c>
       <c r="E705" s="2" t="s">
-        <v>2614</v>
+        <v>2663</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>2615</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B706" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C706" t="s">
-        <v>2616</v>
+        <v>2665</v>
       </c>
       <c r="D706" t="s">
-        <v>2617</v>
+        <v>2666</v>
       </c>
       <c r="E706" s="2" t="s">
-        <v>2618</v>
+        <v>2667</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>2619</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B707" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C707" t="s">
-        <v>2620</v>
+        <v>66</v>
       </c>
       <c r="D707" t="s">
-        <v>2621</v>
+        <v>67</v>
       </c>
       <c r="E707" s="2" t="s">
-        <v>2622</v>
+        <v>2669</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>2623</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B708" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C708" t="s">
-        <v>2624</v>
+        <v>2671</v>
       </c>
       <c r="D708" t="s">
-        <v>2625</v>
+        <v>2672</v>
       </c>
       <c r="E708" s="2" t="s">
-        <v>2626</v>
+        <v>2673</v>
       </c>
       <c r="F708" s="2" t="s">
-        <v>2627</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B709" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C709" t="s">
-        <v>2628</v>
+        <v>453</v>
       </c>
       <c r="D709" t="s">
-        <v>1024</v>
+        <v>454</v>
       </c>
       <c r="E709" s="2" t="s">
-        <v>2629</v>
+        <v>2675</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>2630</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B710" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C710" t="s">
-        <v>2631</v>
+        <v>2677</v>
       </c>
       <c r="D710" t="s">
-        <v>2632</v>
+        <v>2677</v>
       </c>
       <c r="E710" s="2" t="s">
-        <v>2633</v>
+        <v>2678</v>
       </c>
       <c r="F710" s="2" t="s">
-        <v>2634</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B711" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C711" t="s">
-        <v>2635</v>
+        <v>2680</v>
       </c>
       <c r="D711" t="s">
-        <v>2636</v>
+        <v>2681</v>
       </c>
       <c r="E711" s="2" t="s">
-        <v>2637</v>
+        <v>2682</v>
       </c>
       <c r="F711" s="2" t="s">
-        <v>2638</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B712" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C712" t="s">
-        <v>2639</v>
+        <v>2684</v>
       </c>
       <c r="D712" t="s">
-        <v>2640</v>
+        <v>2685</v>
       </c>
       <c r="E712" s="2" t="s">
-        <v>2641</v>
+        <v>2686</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>2642</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B713" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C713" t="s">
-        <v>1862</v>
+        <v>2688</v>
       </c>
       <c r="D713" t="s">
-        <v>1863</v>
+        <v>2689</v>
       </c>
       <c r="E713" s="2" t="s">
-        <v>2643</v>
+        <v>2690</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>2644</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" t="s">
-        <v>2571</v>
+        <v>2593</v>
       </c>
       <c r="B714" t="s">
-        <v>2572</v>
+        <v>2594</v>
       </c>
       <c r="C714" t="s">
-        <v>2645</v>
+        <v>2692</v>
       </c>
       <c r="D714" t="s">
-        <v>2646</v>
+        <v>2693</v>
       </c>
       <c r="E714" s="2" t="s">
-        <v>2647</v>
+        <v>2694</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>2648</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" t="s">
-        <v>2571</v>
+        <v>2696</v>
       </c>
       <c r="B715" t="s">
-        <v>2572</v>
+        <v>2697</v>
       </c>
       <c r="C715" t="s">
-        <v>66</v>
+        <v>2698</v>
       </c>
       <c r="D715" t="s">
-        <v>67</v>
+        <v>2699</v>
       </c>
       <c r="E715" s="2" t="s">
-        <v>2649</v>
+        <v>2700</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>2650</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" t="s">
-        <v>2571</v>
+        <v>2696</v>
       </c>
       <c r="B716" t="s">
-        <v>2572</v>
+        <v>2697</v>
       </c>
       <c r="C716" t="s">
-        <v>2651</v>
+        <v>1451</v>
       </c>
       <c r="D716" t="s">
-        <v>2652</v>
+        <v>1452</v>
       </c>
       <c r="E716" s="2" t="s">
-        <v>2653</v>
+        <v>2702</v>
       </c>
       <c r="F716" s="2" t="s">
-        <v>2654</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" t="s">
-        <v>2571</v>
+        <v>2696</v>
       </c>
       <c r="B717" t="s">
-        <v>2572</v>
+        <v>2697</v>
       </c>
       <c r="C717" t="s">
-        <v>471</v>
+        <v>2704</v>
       </c>
       <c r="D717" t="s">
-        <v>472</v>
+        <v>2705</v>
       </c>
       <c r="E717" s="2" t="s">
-        <v>2655</v>
+        <v>2706</v>
       </c>
       <c r="F717" s="2" t="s">
-        <v>2656</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" t="s">
-        <v>2571</v>
+        <v>2708</v>
       </c>
       <c r="B718" t="s">
-        <v>2572</v>
+        <v>2709</v>
       </c>
       <c r="C718" t="s">
-        <v>2657</v>
+        <v>2710</v>
       </c>
       <c r="D718" t="s">
-        <v>2657</v>
+        <v>2711</v>
       </c>
       <c r="E718" s="2" t="s">
-        <v>2658</v>
+        <v>2712</v>
       </c>
       <c r="F718" s="2" t="s">
-        <v>2659</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" t="s">
-        <v>2571</v>
+        <v>2708</v>
       </c>
       <c r="B719" t="s">
-        <v>2572</v>
+        <v>2709</v>
       </c>
       <c r="C719" t="s">
-        <v>2660</v>
+        <v>2714</v>
       </c>
       <c r="D719" t="s">
-        <v>2661</v>
+        <v>2715</v>
       </c>
       <c r="E719" s="2" t="s">
-        <v>2662</v>
+        <v>2716</v>
       </c>
       <c r="F719" s="2" t="s">
-        <v>2663</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" t="s">
-        <v>2571</v>
+        <v>2708</v>
       </c>
       <c r="B720" t="s">
-        <v>2572</v>
+        <v>2709</v>
       </c>
       <c r="C720" t="s">
-        <v>2664</v>
+        <v>2718</v>
       </c>
       <c r="D720" t="s">
-        <v>2665</v>
+        <v>2719</v>
       </c>
       <c r="E720" s="2" t="s">
-        <v>2666</v>
+        <v>2720</v>
       </c>
       <c r="F720" s="2" t="s">
-        <v>2667</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" t="s">
-        <v>2571</v>
+        <v>2708</v>
       </c>
       <c r="B721" t="s">
-        <v>2572</v>
+        <v>2709</v>
       </c>
       <c r="C721" t="s">
-        <v>2668</v>
+        <v>2722</v>
       </c>
       <c r="D721" t="s">
-        <v>2669</v>
+        <v>2723</v>
       </c>
       <c r="E721" s="2" t="s">
-        <v>2670</v>
+        <v>2724</v>
       </c>
       <c r="F721" s="2" t="s">
-        <v>2671</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" t="s">
-        <v>2571</v>
+        <v>2708</v>
       </c>
       <c r="B722" t="s">
-        <v>2572</v>
+        <v>2709</v>
       </c>
       <c r="C722" t="s">
-        <v>2672</v>
+        <v>2726</v>
       </c>
       <c r="D722" t="s">
-        <v>2673</v>
+        <v>2727</v>
       </c>
       <c r="E722" s="2" t="s">
-        <v>2674</v>
+        <v>2728</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>2675</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
-        <v>2676</v>
+        <v>2708</v>
       </c>
       <c r="B723" t="s">
-        <v>2677</v>
+        <v>2709</v>
       </c>
       <c r="C723" t="s">
-        <v>2678</v>
+        <v>2730</v>
       </c>
       <c r="D723" t="s">
-        <v>2679</v>
+        <v>2731</v>
       </c>
       <c r="E723" s="2" t="s">
-        <v>2680</v>
+        <v>2732</v>
       </c>
       <c r="F723" s="2" t="s">
-        <v>2681</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
-        <v>2676</v>
+        <v>2708</v>
       </c>
       <c r="B724" t="s">
-        <v>2677</v>
+        <v>2709</v>
       </c>
       <c r="C724" t="s">
-        <v>1463</v>
+        <v>2734</v>
       </c>
       <c r="D724" t="s">
-        <v>1464</v>
+        <v>2735</v>
       </c>
       <c r="E724" s="2" t="s">
-        <v>2682</v>
+        <v>2736</v>
       </c>
       <c r="F724" s="2" t="s">
-        <v>2683</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" t="s">
-        <v>2676</v>
+        <v>2708</v>
       </c>
       <c r="B725" t="s">
-        <v>2677</v>
+        <v>2709</v>
       </c>
       <c r="C725" t="s">
-        <v>2684</v>
+        <v>2738</v>
       </c>
       <c r="D725" t="s">
-        <v>2685</v>
+        <v>2739</v>
       </c>
       <c r="E725" s="2" t="s">
-        <v>2686</v>
+        <v>2740</v>
       </c>
       <c r="F725" s="2" t="s">
-        <v>2687</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B726" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C726" t="s">
-        <v>2690</v>
+        <v>2742</v>
       </c>
       <c r="D726" t="s">
-        <v>2691</v>
+        <v>2743</v>
       </c>
       <c r="E726" s="2" t="s">
-        <v>2692</v>
+        <v>2744</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>2693</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B727" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C727" t="s">
-        <v>2694</v>
+        <v>2746</v>
       </c>
       <c r="D727" t="s">
-        <v>2695</v>
+        <v>2747</v>
       </c>
       <c r="E727" s="2" t="s">
-        <v>2696</v>
+        <v>2748</v>
       </c>
       <c r="F727" s="2" t="s">
-        <v>2697</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B728" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C728" t="s">
-        <v>2698</v>
+        <v>418</v>
       </c>
       <c r="D728" t="s">
-        <v>2699</v>
+        <v>419</v>
       </c>
       <c r="E728" s="2" t="s">
-        <v>2700</v>
+        <v>2750</v>
       </c>
       <c r="F728" s="2" t="s">
-        <v>2701</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B729" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C729" t="s">
-        <v>2702</v>
+        <v>2752</v>
       </c>
       <c r="D729" t="s">
-        <v>2703</v>
+        <v>2753</v>
       </c>
       <c r="E729" s="2" t="s">
-        <v>2704</v>
+        <v>2754</v>
       </c>
       <c r="F729" s="2" t="s">
-        <v>2705</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B730" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C730" t="s">
-        <v>2706</v>
+        <v>2756</v>
       </c>
       <c r="D730" t="s">
-        <v>2707</v>
+        <v>2757</v>
       </c>
       <c r="E730" s="2" t="s">
-        <v>2708</v>
+        <v>2758</v>
       </c>
       <c r="F730" s="2" t="s">
-        <v>2709</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B731" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C731" t="s">
-        <v>2710</v>
+        <v>2760</v>
       </c>
       <c r="D731" t="s">
-        <v>2711</v>
+        <v>604</v>
       </c>
       <c r="E731" s="2" t="s">
-        <v>2712</v>
+        <v>2761</v>
       </c>
       <c r="F731" s="2" t="s">
-        <v>2713</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B732" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C732" t="s">
-        <v>2714</v>
+        <v>2763</v>
       </c>
       <c r="D732" t="s">
-        <v>2715</v>
+        <v>2764</v>
       </c>
       <c r="E732" s="2" t="s">
-        <v>2716</v>
+        <v>2765</v>
       </c>
       <c r="F732" s="2" t="s">
-        <v>2717</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B733" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C733" t="s">
-        <v>2718</v>
+        <v>2767</v>
       </c>
       <c r="D733" t="s">
-        <v>2719</v>
+        <v>2768</v>
       </c>
       <c r="E733" s="2" t="s">
-        <v>2720</v>
+        <v>2769</v>
       </c>
       <c r="F733" s="2" t="s">
-        <v>2721</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B734" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C734" t="s">
-        <v>2722</v>
+        <v>2771</v>
       </c>
       <c r="D734" t="s">
-        <v>2723</v>
+        <v>2772</v>
       </c>
       <c r="E734" s="2" t="s">
-        <v>2724</v>
+        <v>2773</v>
       </c>
       <c r="F734" s="2" t="s">
-        <v>2725</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B735" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C735" t="s">
-        <v>2726</v>
+        <v>2775</v>
       </c>
       <c r="D735" t="s">
-        <v>2727</v>
+        <v>2776</v>
       </c>
       <c r="E735" s="2" t="s">
-        <v>2728</v>
+        <v>2777</v>
       </c>
       <c r="F735" s="2" t="s">
-        <v>2729</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B736" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C736" t="s">
-        <v>438</v>
+        <v>2779</v>
       </c>
       <c r="D736" t="s">
-        <v>439</v>
+        <v>2780</v>
       </c>
       <c r="E736" s="2" t="s">
-        <v>2730</v>
+        <v>2781</v>
       </c>
       <c r="F736" s="2" t="s">
-        <v>2731</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B737" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C737" t="s">
-        <v>2732</v>
+        <v>2783</v>
       </c>
       <c r="D737" t="s">
-        <v>2733</v>
+        <v>2784</v>
       </c>
       <c r="E737" s="2" t="s">
-        <v>2734</v>
+        <v>2785</v>
       </c>
       <c r="F737" s="2" t="s">
-        <v>2735</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B738" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C738" t="s">
-        <v>2736</v>
+        <v>2787</v>
       </c>
       <c r="D738" t="s">
-        <v>2737</v>
+        <v>2247</v>
       </c>
       <c r="E738" s="2" t="s">
-        <v>2738</v>
+        <v>2788</v>
       </c>
       <c r="F738" s="2" t="s">
-        <v>2739</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B739" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C739" t="s">
-        <v>2740</v>
+        <v>2790</v>
       </c>
       <c r="D739" t="s">
-        <v>618</v>
+        <v>2791</v>
       </c>
       <c r="E739" s="2" t="s">
-        <v>2741</v>
+        <v>2792</v>
       </c>
       <c r="F739" s="2" t="s">
-        <v>2742</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B740" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C740" t="s">
-        <v>2743</v>
+        <v>2794</v>
       </c>
       <c r="D740" t="s">
-        <v>2744</v>
+        <v>2795</v>
       </c>
       <c r="E740" s="2" t="s">
-        <v>2745</v>
+        <v>2796</v>
       </c>
       <c r="F740" s="2" t="s">
-        <v>2746</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B741" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C741" t="s">
-        <v>2747</v>
+        <v>2798</v>
       </c>
       <c r="D741" t="s">
-        <v>2748</v>
+        <v>2798</v>
       </c>
       <c r="E741" s="2" t="s">
-        <v>2749</v>
+        <v>2799</v>
       </c>
       <c r="F741" s="2" t="s">
-        <v>2750</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B742" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C742" t="s">
-        <v>2751</v>
+        <v>2444</v>
       </c>
       <c r="D742" t="s">
-        <v>2752</v>
+        <v>2445</v>
       </c>
       <c r="E742" s="2" t="s">
-        <v>2753</v>
+        <v>2801</v>
       </c>
       <c r="F742" s="2" t="s">
-        <v>2754</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B743" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C743" t="s">
-        <v>2755</v>
+        <v>1690</v>
       </c>
       <c r="D743" t="s">
-        <v>2756</v>
+        <v>1691</v>
       </c>
       <c r="E743" s="2" t="s">
-        <v>2757</v>
+        <v>2803</v>
       </c>
       <c r="F743" s="2" t="s">
-        <v>2758</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B744" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C744" t="s">
-        <v>2759</v>
+        <v>2805</v>
       </c>
       <c r="D744" t="s">
-        <v>2760</v>
+        <v>2806</v>
       </c>
       <c r="E744" s="2" t="s">
-        <v>2761</v>
+        <v>2807</v>
       </c>
       <c r="F744" s="2" t="s">
-        <v>2762</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B745" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C745" t="s">
-        <v>2763</v>
+        <v>1718</v>
       </c>
       <c r="D745" t="s">
-        <v>2764</v>
+        <v>1718</v>
       </c>
       <c r="E745" s="2" t="s">
-        <v>2765</v>
+        <v>2809</v>
       </c>
       <c r="F745" s="2" t="s">
-        <v>2766</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B746" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C746" t="s">
-        <v>2767</v>
+        <v>2811</v>
       </c>
       <c r="D746" t="s">
-        <v>2768</v>
+        <v>2811</v>
       </c>
       <c r="E746" s="2" t="s">
-        <v>2769</v>
+        <v>2812</v>
       </c>
       <c r="F746" s="2" t="s">
-        <v>2770</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B747" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C747" t="s">
-        <v>2771</v>
+        <v>2814</v>
       </c>
       <c r="D747" t="s">
-        <v>2229</v>
+        <v>2815</v>
       </c>
       <c r="E747" s="2" t="s">
-        <v>2772</v>
+        <v>2816</v>
       </c>
       <c r="F747" s="2" t="s">
-        <v>2773</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B748" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C748" t="s">
-        <v>2774</v>
+        <v>2818</v>
       </c>
       <c r="D748" t="s">
-        <v>2775</v>
+        <v>2819</v>
       </c>
       <c r="E748" s="2" t="s">
-        <v>2776</v>
+        <v>2820</v>
       </c>
       <c r="F748" s="2" t="s">
-        <v>2777</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B749" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C749" t="s">
-        <v>2778</v>
+        <v>2822</v>
       </c>
       <c r="D749" t="s">
-        <v>2779</v>
+        <v>2823</v>
       </c>
       <c r="E749" s="2" t="s">
-        <v>2780</v>
+        <v>2824</v>
       </c>
       <c r="F749" s="2" t="s">
-        <v>2781</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B750" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C750" t="s">
-        <v>2782</v>
+        <v>2826</v>
       </c>
       <c r="D750" t="s">
-        <v>2782</v>
+        <v>2827</v>
       </c>
       <c r="E750" s="2" t="s">
-        <v>2783</v>
+        <v>2828</v>
       </c>
       <c r="F750" s="2" t="s">
-        <v>2784</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B751" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C751" t="s">
-        <v>2422</v>
+        <v>2830</v>
       </c>
       <c r="D751" t="s">
-        <v>2423</v>
+        <v>2831</v>
       </c>
       <c r="E751" s="2" t="s">
-        <v>2785</v>
+        <v>2832</v>
       </c>
       <c r="F751" s="2" t="s">
-        <v>2786</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B752" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C752" t="s">
-        <v>1683</v>
+        <v>2834</v>
       </c>
       <c r="D752" t="s">
-        <v>1684</v>
+        <v>2835</v>
       </c>
       <c r="E752" s="2" t="s">
-        <v>2787</v>
+        <v>2836</v>
       </c>
       <c r="F752" s="2" t="s">
-        <v>2788</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B753" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C753" t="s">
-        <v>2789</v>
+        <v>2838</v>
       </c>
       <c r="D753" t="s">
-        <v>2790</v>
+        <v>2839</v>
       </c>
       <c r="E753" s="2" t="s">
-        <v>2791</v>
+        <v>2840</v>
       </c>
       <c r="F753" s="2" t="s">
-        <v>2792</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B754" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C754" t="s">
-        <v>1707</v>
+        <v>2842</v>
       </c>
       <c r="D754" t="s">
-        <v>1707</v>
+        <v>2843</v>
       </c>
       <c r="E754" s="2" t="s">
-        <v>2793</v>
+        <v>2844</v>
       </c>
       <c r="F754" s="2" t="s">
-        <v>2794</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="B755" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="C755" t="s">
-        <v>2795</v>
+        <v>2846</v>
       </c>
       <c r="D755" t="s">
-        <v>2795</v>
+        <v>2847</v>
       </c>
       <c r="E755" s="2" t="s">
-        <v>2796</v>
+        <v>2848</v>
       </c>
       <c r="F755" s="2" t="s">
-        <v>2797</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" t="s">
-        <v>2688</v>
+        <v>2850</v>
       </c>
       <c r="B756" t="s">
-        <v>2689</v>
+        <v>2851</v>
       </c>
       <c r="C756" t="s">
-        <v>2798</v>
+        <v>2852</v>
       </c>
       <c r="D756" t="s">
-        <v>2799</v>
+        <v>2853</v>
       </c>
       <c r="E756" s="2" t="s">
-        <v>2800</v>
+        <v>2854</v>
       </c>
       <c r="F756" s="2" t="s">
-        <v>2801</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" t="s">
-        <v>2688</v>
+        <v>2850</v>
       </c>
       <c r="B757" t="s">
-        <v>2689</v>
+        <v>2851</v>
       </c>
       <c r="C757" t="s">
-        <v>2802</v>
+        <v>2856</v>
       </c>
       <c r="D757" t="s">
-        <v>2803</v>
+        <v>2857</v>
       </c>
       <c r="E757" s="2" t="s">
-        <v>2804</v>
+        <v>2858</v>
       </c>
       <c r="F757" s="2" t="s">
-        <v>2805</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" t="s">
-        <v>2688</v>
+        <v>2850</v>
       </c>
       <c r="B758" t="s">
-        <v>2689</v>
+        <v>2851</v>
       </c>
       <c r="C758" t="s">
-        <v>2806</v>
+        <v>2860</v>
       </c>
       <c r="D758" t="s">
-        <v>2807</v>
+        <v>2861</v>
       </c>
       <c r="E758" s="2" t="s">
-        <v>2808</v>
+        <v>2862</v>
       </c>
       <c r="F758" s="2" t="s">
-        <v>2809</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" t="s">
-        <v>2688</v>
+        <v>2850</v>
       </c>
       <c r="B759" t="s">
-        <v>2689</v>
+        <v>2851</v>
       </c>
       <c r="C759" t="s">
-        <v>2810</v>
+        <v>2864</v>
       </c>
       <c r="D759" t="s">
-        <v>2811</v>
+        <v>2865</v>
       </c>
       <c r="E759" s="2" t="s">
-        <v>2812</v>
+        <v>2866</v>
       </c>
       <c r="F759" s="2" t="s">
-        <v>2813</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" t="s">
-        <v>2688</v>
+        <v>2850</v>
       </c>
       <c r="B760" t="s">
-        <v>2689</v>
+        <v>2851</v>
       </c>
       <c r="C760" t="s">
-        <v>2814</v>
+        <v>2868</v>
       </c>
       <c r="D760" t="s">
-        <v>2815</v>
+        <v>2869</v>
       </c>
       <c r="E760" s="2" t="s">
-        <v>2816</v>
+        <v>2870</v>
       </c>
       <c r="F760" s="2" t="s">
-        <v>2817</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" t="s">
-        <v>2688</v>
+        <v>2850</v>
       </c>
       <c r="B761" t="s">
-        <v>2689</v>
+        <v>2851</v>
       </c>
       <c r="C761" t="s">
-        <v>2818</v>
+        <v>2872</v>
       </c>
       <c r="D761" t="s">
-        <v>2819</v>
+        <v>2873</v>
       </c>
       <c r="E761" s="2" t="s">
-        <v>2820</v>
+        <v>2874</v>
       </c>
       <c r="F761" s="2" t="s">
-        <v>2821</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" t="s">
-        <v>2688</v>
+        <v>2850</v>
       </c>
       <c r="B762" t="s">
-        <v>2689</v>
+        <v>2851</v>
       </c>
       <c r="C762" t="s">
-        <v>2822</v>
+        <v>2876</v>
       </c>
       <c r="D762" t="s">
-        <v>2823</v>
+        <v>2877</v>
       </c>
       <c r="E762" s="2" t="s">
-        <v>2824</v>
+        <v>2878</v>
       </c>
       <c r="F762" s="2" t="s">
-        <v>2825</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" t="s">
-        <v>2688</v>
+        <v>2850</v>
       </c>
       <c r="B763" t="s">
-        <v>2689</v>
+        <v>2851</v>
       </c>
       <c r="C763" t="s">
-        <v>2826</v>
+        <v>2880</v>
       </c>
       <c r="D763" t="s">
-        <v>2827</v>
+        <v>2881</v>
       </c>
       <c r="E763" s="2" t="s">
-        <v>2828</v>
+        <v>2882</v>
       </c>
       <c r="F763" s="2" t="s">
-        <v>2829</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" t="s">
-        <v>2688</v>
+        <v>2850</v>
       </c>
       <c r="B764" t="s">
-        <v>2689</v>
+        <v>2851</v>
       </c>
       <c r="C764" t="s">
-        <v>2830</v>
+        <v>2884</v>
       </c>
       <c r="D764" t="s">
-        <v>2831</v>
+        <v>2885</v>
       </c>
       <c r="E764" s="2" t="s">
-        <v>2832</v>
+        <v>2886</v>
       </c>
       <c r="F764" s="2" t="s">
-        <v>2833</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" t="s">
-        <v>2834</v>
+        <v>2850</v>
       </c>
       <c r="B765" t="s">
-        <v>2835</v>
+        <v>2851</v>
       </c>
       <c r="C765" t="s">
-        <v>2836</v>
+        <v>2888</v>
       </c>
       <c r="D765" t="s">
-        <v>2837</v>
+        <v>2889</v>
       </c>
       <c r="E765" s="2" t="s">
-        <v>2838</v>
+        <v>2890</v>
       </c>
       <c r="F765" s="2" t="s">
-        <v>2839</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" t="s">
-        <v>2834</v>
+        <v>2892</v>
       </c>
       <c r="B766" t="s">
-        <v>2835</v>
+        <v>2893</v>
       </c>
       <c r="C766" t="s">
-        <v>2840</v>
+        <v>2894</v>
       </c>
       <c r="D766" t="s">
-        <v>2841</v>
+        <v>2895</v>
       </c>
       <c r="E766" s="2" t="s">
-        <v>2842</v>
+        <v>2896</v>
       </c>
       <c r="F766" s="2" t="s">
-        <v>2843</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" t="s">
-        <v>2834</v>
+        <v>2892</v>
       </c>
       <c r="B767" t="s">
-        <v>2835</v>
+        <v>2893</v>
       </c>
       <c r="C767" t="s">
-        <v>2844</v>
+        <v>322</v>
       </c>
       <c r="D767" t="s">
-        <v>2845</v>
+        <v>323</v>
       </c>
       <c r="E767" s="2" t="s">
-        <v>2846</v>
+        <v>2898</v>
       </c>
       <c r="F767" s="2" t="s">
-        <v>2847</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" t="s">
-        <v>2834</v>
+        <v>2892</v>
       </c>
       <c r="B768" t="s">
-        <v>2835</v>
+        <v>2893</v>
       </c>
       <c r="C768" t="s">
-        <v>2848</v>
+        <v>2900</v>
       </c>
       <c r="D768" t="s">
-        <v>2849</v>
+        <v>2901</v>
       </c>
       <c r="E768" s="2" t="s">
-        <v>2850</v>
+        <v>2902</v>
       </c>
       <c r="F768" s="2" t="s">
-        <v>2851</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" t="s">
-        <v>2834</v>
+        <v>2892</v>
       </c>
       <c r="B769" t="s">
-        <v>2835</v>
+        <v>2893</v>
       </c>
       <c r="C769" t="s">
-        <v>2852</v>
+        <v>2904</v>
       </c>
       <c r="D769" t="s">
         <v>2853</v>
       </c>
       <c r="E769" s="2" t="s">
-        <v>2854</v>
+        <v>2905</v>
       </c>
       <c r="F769" s="2" t="s">
-        <v>2855</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" t="s">
-        <v>2834</v>
+        <v>2892</v>
       </c>
       <c r="B770" t="s">
-        <v>2835</v>
+        <v>2893</v>
       </c>
       <c r="C770" t="s">
-        <v>2856</v>
+        <v>2907</v>
       </c>
       <c r="D770" t="s">
-        <v>2857</v>
+        <v>2908</v>
       </c>
       <c r="E770" s="2" t="s">
-        <v>2858</v>
+        <v>2909</v>
       </c>
       <c r="F770" s="2" t="s">
-        <v>2859</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" t="s">
-        <v>2834</v>
+        <v>2892</v>
       </c>
       <c r="B771" t="s">
-        <v>2835</v>
+        <v>2893</v>
       </c>
       <c r="C771" t="s">
-        <v>2860</v>
+        <v>2911</v>
       </c>
       <c r="D771" t="s">
-        <v>2861</v>
+        <v>2912</v>
       </c>
       <c r="E771" s="2" t="s">
-        <v>2862</v>
+        <v>2913</v>
       </c>
       <c r="F771" s="2" t="s">
-        <v>2863</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" t="s">
-        <v>2834</v>
+        <v>2892</v>
       </c>
       <c r="B772" t="s">
-        <v>2835</v>
+        <v>2893</v>
       </c>
       <c r="C772" t="s">
-        <v>2864</v>
+        <v>2915</v>
       </c>
       <c r="D772" t="s">
-        <v>2865</v>
+        <v>2916</v>
       </c>
       <c r="E772" s="2" t="s">
-        <v>2866</v>
+        <v>2917</v>
       </c>
       <c r="F772" s="2" t="s">
-        <v>2867</v>
-[...199 lines deleted...]
-        <v>2904</v>
+        <v>2918</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">